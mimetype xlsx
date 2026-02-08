--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -907,63 +907,63 @@
     <row r="22" spans="1:6">
       <c r="A22" s="13" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="14">
         <v>-0.3</v>
       </c>
       <c r="C22" s="14">
         <v>0.0553</v>
       </c>
       <c r="D22" s="14">
         <v>-0.1457</v>
       </c>
       <c r="E22" s="14">
         <v>0.4691</v>
       </c>
       <c r="F22" s="14">
         <v>0.1561</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="13" t="s">
         <v>20</v>
       </c>
       <c r="B23" s="14">
-        <v>0.0</v>
+        <v>-0.0295</v>
       </c>
       <c r="C23" s="14">
         <v>0.0793</v>
       </c>
       <c r="D23" s="14">
         <v>0.2635</v>
       </c>
       <c r="E23" s="14">
         <v>0.2824</v>
       </c>
       <c r="F23" s="14">
-        <v>0.2995</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:6" customHeight="1" ht="28.8">
       <c r="A24" s="12" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B25" s="14">
         <v>0.0</v>
       </c>
       <c r="C25" s="14">
         <v>0.0346</v>
       </c>
       <c r="D25" s="14">
         <v>0.0045</v>
       </c>
       <c r="E25" s="14">
         <v>0.0745</v>
       </c>
       <c r="F25" s="14">
         <v>0.0</v>