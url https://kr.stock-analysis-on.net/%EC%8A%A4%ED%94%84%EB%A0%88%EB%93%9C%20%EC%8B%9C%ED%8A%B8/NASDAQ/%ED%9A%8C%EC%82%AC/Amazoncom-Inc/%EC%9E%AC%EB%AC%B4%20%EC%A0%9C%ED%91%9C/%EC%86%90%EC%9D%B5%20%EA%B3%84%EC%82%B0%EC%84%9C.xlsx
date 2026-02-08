--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="손익 계산서" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>유료 사용자 영역. 데이터를 사용할 수 없습니다!</t>
   </si>
   <si>
     <t>Amazon.com Inc.</t>
   </si>
   <si>
     <t>연결 손익 계산서</t>
   </si>
   <si>
     <t>US$ 단위: 백만 달러</t>
   </si>
   <si>
     <t>12개월 종료</t>
   </si>
   <si>
     <t>순 제품 판매량</t>
   </si>
   <si>
     <t>순 서비스 매출</t>
   </si>
   <si>
     <t>순 매출액</t>
   </si>
   <si>
@@ -68,60 +68,63 @@
   <si>
     <t>이행</t>
   </si>
   <si>
     <t>기술 및 인프라</t>
   </si>
   <si>
     <t>영업 및 마케팅</t>
   </si>
   <si>
     <t>일반 및 행정</t>
   </si>
   <si>
     <t>그 외의 영업이익(비용), 순이익</t>
   </si>
   <si>
     <t>영업이익</t>
   </si>
   <si>
     <t>이자소득</t>
   </si>
   <si>
     <t>이자 비용</t>
   </si>
   <si>
-    <t>유가증권 평가손익(손실)</t>
-[...2 lines deleted...]
-    <t>주식워런트 평가손익(손실)</t>
+    <t>시장성 주식 증권 평가 이익(손실), 순</t>
+  </si>
+  <si>
+    <t>주식 워런트 가치 이익(손실), 순</t>
+  </si>
+  <si>
+    <t>매도 가능한 채권의 이익(손실)에 대한 재분류 조정 순</t>
   </si>
   <si>
     <t>비상장 기업에 대한 지분 투자와 관련된 상향 조정</t>
   </si>
   <si>
-    <t>외화 손익(손실)</t>
+    <t>외화 손익(손실), 순이익</t>
   </si>
   <si>
     <t>기타, 그물</t>
   </si>
   <si>
     <t>그 외의 수입(비용), 순이익</t>
   </si>
   <si>
     <t>영업외이익(비용)</t>
   </si>
   <si>
     <t>소득세 전 소득(손실)</t>
   </si>
   <si>
     <t>(지급) 소득세 혜택</t>
   </si>
   <si>
     <t>주식형 투자활동, 세무 순</t>
   </si>
   <si>
     <t>순이익(손실)</t>
   </si>
   <si>
     <t>근원: https://kr.stock-analysis-on.net</t>
   </si>
@@ -560,99 +563,99 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F32"/>
+  <dimension ref="A1:F33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F32" sqref="F32"/>
+      <selection activeCell="F33" sqref="F33"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="6" t="s">
         <v>6</v>
@@ -972,178 +975,198 @@
       <c r="F24" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="B25" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C25" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D25" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E25" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F25" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="26" spans="1:6">
-      <c r="A26" s="11" t="s">
+      <c r="A26" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="B26" s="9" t="e">
-[...11 lines deleted...]
-      <c r="F26" s="9" t="e">
+      <c r="B26" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C26" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D26" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E26" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F26" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="27" spans="1:6">
-      <c r="A27" s="12" t="s">
+      <c r="A27" s="11" t="s">
         <v>24</v>
       </c>
       <c r="B27" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C27" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D27" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E27" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F27" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="28" spans="1:6">
-      <c r="A28" s="8" t="s">
+      <c r="A28" s="12" t="s">
         <v>25</v>
       </c>
       <c r="B28" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C28" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D28" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E28" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F28" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="29" spans="1:6">
-      <c r="A29" s="6" t="s">
+      <c r="A29" s="8" t="s">
         <v>26</v>
       </c>
-      <c r="B29" s="7" t="e">
-[...11 lines deleted...]
-      <c r="F29" s="7" t="e">
+      <c r="B29" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C29" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D29" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E29" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F29" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="6" t="s">
         <v>27</v>
       </c>
       <c r="B30" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C30" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D30" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E30" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F30" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="31" spans="1:6">
-      <c r="A31" s="13" t="s">
+      <c r="A31" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="B31" s="9" t="e">
-[...11 lines deleted...]
-      <c r="F31" s="9" t="e">
+      <c r="B31" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C31" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D31" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E31" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F31" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="32" spans="1:6">
-      <c r="A32" s="14" t="s">
+      <c r="A32" s="13" t="s">
         <v>29</v>
       </c>
-      <c r="B32" s="14"/>
-[...3 lines deleted...]
-      <c r="F32" s="14"/>
+      <c r="B32" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C32" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D32" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E32" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F32" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6">
+      <c r="A33" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B33" s="14"/>
+      <c r="C33" s="14"/>
+      <c r="D33" s="14"/>
+      <c r="E33" s="14"/>
+      <c r="F33" s="14"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">