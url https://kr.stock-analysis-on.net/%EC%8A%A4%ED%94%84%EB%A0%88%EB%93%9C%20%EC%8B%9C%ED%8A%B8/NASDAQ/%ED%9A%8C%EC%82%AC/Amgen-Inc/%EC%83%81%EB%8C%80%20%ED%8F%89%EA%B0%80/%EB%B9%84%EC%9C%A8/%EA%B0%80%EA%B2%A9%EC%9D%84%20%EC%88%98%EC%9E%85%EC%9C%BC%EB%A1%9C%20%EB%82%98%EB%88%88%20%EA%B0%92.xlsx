--- v0 (2026-02-08)
+++ v1 (2026-02-08)
@@ -899,51 +899,51 @@
       </c>
       <c r="E21" s="9">
         <v>11.76</v>
       </c>
       <c r="F21" s="9">
         <v>19.62</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="13" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="9">
         <v>17.76</v>
       </c>
       <c r="C22" s="9">
         <v>25.99</v>
       </c>
       <c r="D22" s="9">
         <v>19.68</v>
       </c>
       <c r="E22" s="9">
         <v>8.37</v>
       </c>
       <c r="F22" s="9">
-        <v>15.09</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="13" t="s">
         <v>20</v>
       </c>
       <c r="B23" s="9">
         <v>32.030000000000001</v>
       </c>
       <c r="C23" s="9">
         <v>35.65</v>
       </c>
       <c r="D23" s="9">
         <v>30.55</v>
       </c>
       <c r="E23" s="9">
         <v>27.35</v>
       </c>
       <c r="F23" s="9">
         <v>27.89</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="13" t="s">
         <v>21</v>