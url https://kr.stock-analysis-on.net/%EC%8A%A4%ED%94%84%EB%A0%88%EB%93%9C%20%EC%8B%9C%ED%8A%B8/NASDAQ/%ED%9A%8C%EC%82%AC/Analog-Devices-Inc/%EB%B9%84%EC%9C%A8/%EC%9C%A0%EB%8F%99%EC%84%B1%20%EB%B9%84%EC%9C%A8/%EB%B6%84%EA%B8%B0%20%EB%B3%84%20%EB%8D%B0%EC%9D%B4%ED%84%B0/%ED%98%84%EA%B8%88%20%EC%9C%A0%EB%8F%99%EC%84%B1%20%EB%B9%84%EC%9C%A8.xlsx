--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1585,108 +1585,108 @@
       </c>
       <c r="P24" s="15">
         <v>0.86</v>
       </c>
       <c r="Q24" s="15">
         <v>0.92</v>
       </c>
       <c r="R24" s="15">
         <v>1.04</v>
       </c>
       <c r="S24" s="15">
         <v>1.13</v>
       </c>
       <c r="T24" s="15">
         <v>1.27</v>
       </c>
       <c r="U24" s="15">
         <v>1.33</v>
       </c>
     </row>
     <row r="25" spans="1:21">
       <c r="A25" s="14" t="s">
         <v>20</v>
       </c>
       <c r="B25" s="15">
-        <v>0.0</v>
+        <v>1.55</v>
       </c>
       <c r="C25" s="15">
         <v>1.66</v>
       </c>
       <c r="D25" s="15">
         <v>2.15</v>
       </c>
       <c r="E25" s="15">
         <v>2.0099999999999998</v>
       </c>
       <c r="F25" s="15">
         <v>2.08</v>
       </c>
       <c r="G25" s="15">
         <v>2.37</v>
       </c>
       <c r="H25" s="15">
         <v>2.66</v>
       </c>
       <c r="I25" s="15">
         <v>2.93</v>
       </c>
       <c r="J25" s="15">
         <v>2.58</v>
       </c>
       <c r="K25" s="15">
         <v>3.37</v>
       </c>
       <c r="L25" s="15">
         <v>3.52</v>
       </c>
       <c r="M25" s="15">
         <v>3.29</v>
       </c>
       <c r="N25" s="15">
         <v>3.04</v>
       </c>
       <c r="O25" s="15">
         <v>3.25</v>
       </c>
       <c r="P25" s="15">
         <v>3.28</v>
       </c>
       <c r="Q25" s="15">
         <v>3.89</v>
       </c>
       <c r="R25" s="15">
-        <v>3.79</v>
+        <v>0.0</v>
       </c>
       <c r="S25" s="15">
-        <v>4.05</v>
+        <v>0.0</v>
       </c>
       <c r="T25" s="15">
-        <v>3.36</v>
+        <v>0.0</v>
       </c>
       <c r="U25" s="15">
-        <v>3.93</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:21">
       <c r="A26" s="16" t="s">
         <v>21</v>
       </c>
       <c r="B26" s="16"/>
       <c r="C26" s="16"/>
       <c r="D26" s="16"/>
       <c r="E26" s="16"/>
       <c r="F26" s="16"/>
       <c r="G26" s="16"/>
       <c r="H26" s="16"/>
       <c r="I26" s="16"/>
       <c r="J26" s="16"/>
       <c r="K26" s="16"/>
       <c r="L26" s="16"/>
       <c r="M26" s="16"/>
       <c r="N26" s="16"/>
       <c r="O26" s="16"/>
       <c r="P26" s="16"/>
       <c r="Q26" s="16"/>
       <c r="R26" s="16"/>
       <c r="S26" s="16"/>
       <c r="T26" s="16"/>