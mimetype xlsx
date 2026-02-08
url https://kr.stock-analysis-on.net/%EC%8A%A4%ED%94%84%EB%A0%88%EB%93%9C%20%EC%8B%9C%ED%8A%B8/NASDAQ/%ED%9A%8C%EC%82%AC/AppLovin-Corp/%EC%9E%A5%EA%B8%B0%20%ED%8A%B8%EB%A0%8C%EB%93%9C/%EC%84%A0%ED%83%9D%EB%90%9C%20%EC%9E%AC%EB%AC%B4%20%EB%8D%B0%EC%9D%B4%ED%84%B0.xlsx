--- v0 (2025-10-19)
+++ v1 (2026-02-08)
@@ -20,51 +20,54 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="손익 계산서" sheetId="1" r:id="rId4"/>
     <sheet name="자산" sheetId="2" r:id="rId5"/>
     <sheet name="부채와 주주의 자본" sheetId="3" r:id="rId6"/>
     <sheet name="현금 흐름표" sheetId="4" r:id="rId7"/>
     <sheet name="주당 데이터" sheetId="5" r:id="rId8"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
+  <si>
+    <t>유료 사용자 영역. 데이터를 사용할 수 없습니다!</t>
+  </si>
   <si>
     <t>AppLovin Corp.</t>
   </si>
   <si>
     <t>손익계산서에서 선택한 항목, 장기 추세</t>
   </si>
   <si>
     <t>12개월 종료</t>
   </si>
   <si>
     <t>수익</t>
   </si>
   <si>
     <t>영업이익(손실)</t>
   </si>
   <si>
     <t>AppLovin에 귀속되는 순이익(손실)</t>
   </si>
   <si>
     <t>근원: https://kr.stock-analysis-on.net</t>
   </si>
   <si>
     <t>자산에서 선택한 항목, 장기 추세</t>
   </si>
   <si>
@@ -97,58 +100,67 @@
   <si>
     <t>재무활동으로 제공된(사용된) 순현금</t>
   </si>
   <si>
     <t>공유당 선택된 데이터, 장기 추세</t>
   </si>
   <si>
     <t>기본 주당순이익</t>
   </si>
   <si>
     <t>희석된 주당순이익</t>
   </si>
   <si>
     <t>주당 배당금</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="[$-412]yyyy&quot;.&quot; m&quot;.&quot; d&quot;.&quot;"/>
     <numFmt numFmtId="165" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
     <numFmt numFmtId="166" formatCode="#,##0.00;-#,##0.00;&quot;—&quot;"/>
   </numFmts>
-  <fonts count="5">
+  <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="22"/>
       <color rgb="FF7E261B"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="17"/>
       <color rgb="FF757575"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -184,65 +196,66 @@
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF252525"/>
       </top>
       <bottom style="medium">
         <color rgb="FF252525"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF252525"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="9">
+  <cellXfs count="10">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="3" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
+    <xf xfId="0" fontId="4" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="165" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="2" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
-    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="2" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="166" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -527,573 +540,598 @@
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D9"/>
+  <dimension ref="A1:D11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="D9" sqref="D9"/>
+      <selection activeCell="D11" sqref="D11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:4">
-      <c r="A2" s="2" t="s">
+    <row r="3" spans="1:4">
+      <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="3" t="s">
+    </row>
+    <row r="6" spans="1:4">
+      <c r="A6" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="B6" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="3" t="s">
+      <c r="C6" s="4" t="s">
         <v>5</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="4">
+      <c r="D6" s="4" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4">
+      <c r="A7" s="5">
         <v>45657</v>
       </c>
-      <c r="B5" s="5">
-[...10 lines deleted...]
-      <c r="A6" s="4">
+      <c r="B7" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C7" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D7" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4">
+      <c r="A8" s="5">
         <v>45291</v>
       </c>
-      <c r="B6" s="5">
-[...10 lines deleted...]
-      <c r="A7" s="4">
+      <c r="B8" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C8" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D8" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9" s="5">
         <v>44926</v>
       </c>
-      <c r="B7" s="5">
-[...10 lines deleted...]
-      <c r="A8" s="4">
+      <c r="B9" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C9" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D9" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4">
+      <c r="A10" s="5">
         <v>44561</v>
       </c>
-      <c r="B8" s="5">
-[...15 lines deleted...]
-      <c r="D9" s="6"/>
+      <c r="B10" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C10" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D10" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4">
+      <c r="A11" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="B11" s="7"/>
+      <c r="C11" s="7"/>
+      <c r="D11" s="7"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C9"/>
+  <dimension ref="A1:C11"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="C9" sqref="C9"/>
+      <selection activeCell="C11" sqref="C11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:3">
-      <c r="A2" s="2" t="s">
+    <row r="3" spans="1:3">
+      <c r="A3" s="2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3">
+      <c r="A4" s="3" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3">
+      <c r="A6" s="8"/>
+      <c r="B6" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" s="4" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3">
+      <c r="A7" s="5">
+        <v>45657</v>
+      </c>
+      <c r="B7" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C7" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3">
+      <c r="A8" s="5">
+        <v>45291</v>
+      </c>
+      <c r="B8" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C8" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3">
+      <c r="A9" s="5">
+        <v>44926</v>
+      </c>
+      <c r="B9" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C9" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3">
+      <c r="A10" s="5">
+        <v>44561</v>
+      </c>
+      <c r="B10" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C10" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3">
+      <c r="A11" s="7" t="s">
         <v>7</v>
       </c>
-    </row>
-[...58 lines deleted...]
-      <c r="C9" s="6"/>
+      <c r="B11" s="7"/>
+      <c r="C11" s="7"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E9"/>
+  <dimension ref="A1:E11"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="E9" sqref="E9"/>
+      <selection activeCell="E11" sqref="E11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:5">
-[...1 lines deleted...]
-        <v>10</v>
+    <row r="3" spans="1:5">
+      <c r="A3" s="2" t="s">
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:5">
-      <c r="A4" s="7"/>
-      <c r="B4" s="3" t="s">
+      <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="C4" s="3" t="s">
+    </row>
+    <row r="6" spans="1:5">
+      <c r="A6" s="8"/>
+      <c r="B6" s="4" t="s">
         <v>12</v>
       </c>
-      <c r="D4" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E4" s="3" t="s">
+      <c r="C6" s="4" t="s">
         <v>13</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="4">
+      <c r="D6" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" s="4" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5">
+      <c r="A7" s="5">
         <v>45657</v>
       </c>
-      <c r="B5" s="5">
-[...13 lines deleted...]
-      <c r="A6" s="4">
+      <c r="B7" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C7" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D7" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E7" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5">
+      <c r="A8" s="5">
         <v>45291</v>
       </c>
-      <c r="B6" s="5">
-[...13 lines deleted...]
-      <c r="A7" s="4">
+      <c r="B8" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C8" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D8" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E8" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5">
+      <c r="A9" s="5">
         <v>44926</v>
       </c>
-      <c r="B7" s="5">
-[...13 lines deleted...]
-      <c r="A8" s="4">
+      <c r="B9" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C9" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D9" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E9" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5">
+      <c r="A10" s="5">
         <v>44561</v>
       </c>
-      <c r="B8" s="5">
-[...19 lines deleted...]
-      <c r="E9" s="6"/>
+      <c r="B10" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C10" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D10" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E10" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5">
+      <c r="A11" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="B11" s="7"/>
+      <c r="C11" s="7"/>
+      <c r="D11" s="7"/>
+      <c r="E11" s="7"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D9"/>
+  <dimension ref="A1:D11"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="D9" sqref="D9"/>
+      <selection activeCell="D11" sqref="D11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:4">
-[...1 lines deleted...]
-        <v>14</v>
+    <row r="3" spans="1:4">
+      <c r="A3" s="2" t="s">
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="3" t="s">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="C4" s="3" t="s">
+    </row>
+    <row r="6" spans="1:4">
+      <c r="A6" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="B6" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="D4" s="3" t="s">
+      <c r="C6" s="4" t="s">
         <v>17</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="4">
+      <c r="D6" s="4" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4">
+      <c r="A7" s="5">
         <v>45657</v>
       </c>
-      <c r="B5" s="5">
-[...10 lines deleted...]
-      <c r="A6" s="4">
+      <c r="B7" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C7" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D7" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4">
+      <c r="A8" s="5">
         <v>45291</v>
       </c>
-      <c r="B6" s="5">
-[...10 lines deleted...]
-      <c r="A7" s="4">
+      <c r="B8" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C8" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D8" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9" s="5">
         <v>44926</v>
       </c>
-      <c r="B7" s="5">
-[...10 lines deleted...]
-      <c r="A8" s="4">
+      <c r="B9" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C9" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D9" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4">
+      <c r="A10" s="5">
         <v>44561</v>
       </c>
-      <c r="B8" s="5">
-[...15 lines deleted...]
-      <c r="D9" s="6"/>
+      <c r="B10" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C10" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D10" s="6" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4">
+      <c r="A11" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="B11" s="7"/>
+      <c r="C11" s="7"/>
+      <c r="D11" s="7"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D9"/>
+  <dimension ref="A1:D11"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="D9" sqref="D9"/>
+      <selection activeCell="D11" sqref="D11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:4">
-[...1 lines deleted...]
-        <v>18</v>
+    <row r="3" spans="1:4">
+      <c r="A3" s="2" t="s">
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="3" t="s">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="B4" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="C4" s="3" t="s">
+    </row>
+    <row r="6" spans="1:4">
+      <c r="A6" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="B6" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="D4" s="3" t="s">
+      <c r="C6" s="4" t="s">
         <v>21</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="4">
+      <c r="D6" s="4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4">
+      <c r="A7" s="5">
         <v>45657</v>
       </c>
-      <c r="B5" s="8">
-[...10 lines deleted...]
-      <c r="A6" s="4">
+      <c r="B7" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C7" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D7" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4">
+      <c r="A8" s="5">
         <v>45291</v>
       </c>
-      <c r="B6" s="8">
-[...10 lines deleted...]
-      <c r="A7" s="4">
+      <c r="B8" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C8" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D8" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9" s="5">
         <v>44926</v>
       </c>
-      <c r="B7" s="8">
-[...10 lines deleted...]
-      <c r="A8" s="4">
+      <c r="B9" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C9" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D9" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4">
+      <c r="A10" s="5">
         <v>44561</v>
       </c>
-      <c r="B8" s="8">
-[...15 lines deleted...]
-      <c r="D9" s="6"/>
+      <c r="B10" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C10" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D10" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4">
+      <c r="A11" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="B11" s="7"/>
+      <c r="C11" s="7"/>
+      <c r="D11" s="7"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">