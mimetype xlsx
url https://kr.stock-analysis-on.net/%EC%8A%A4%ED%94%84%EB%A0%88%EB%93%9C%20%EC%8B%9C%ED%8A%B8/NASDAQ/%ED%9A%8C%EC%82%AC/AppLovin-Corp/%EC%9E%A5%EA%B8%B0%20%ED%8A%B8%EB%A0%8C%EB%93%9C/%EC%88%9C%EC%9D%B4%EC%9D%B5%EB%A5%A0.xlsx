--- v0 (2025-10-19)
+++ v1 (2026-02-08)
@@ -18,54 +18,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="계산" sheetId="1" r:id="rId4"/>
     <sheet name="경쟁사와의 비교" sheetId="2" r:id="rId5"/>
     <sheet name="산업 부문과의 비교" sheetId="3" r:id="rId6"/>
     <sheet name="업계와의 비교" sheetId="4" r:id="rId7"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>AppLovin Corp.</t>
   </si>
   <si>
     <t>순이익률(Net Profit Margin Ratio), 장기 추세계산</t>
   </si>
   <si>
     <t>순이익률(Net Profit Margin Ratio)</t>
   </si>
   <si>
     <t>=</t>
   </si>
   <si>
     <t>×</t>
   </si>
   <si>
     <t>AppLovin에 귀속되는 순이익(손실)</t>
   </si>
   <si>
     <t>÷</t>
   </si>
   <si>
     <t>수익</t>
   </si>
   <si>
@@ -119,67 +116,58 @@
   <si>
     <t>Workday Inc.</t>
   </si>
   <si>
     <t>순이익률(Net Profit Margin Ratio), 장기 추세, 산업 부문과 비교: 소프트웨어 및 서비스</t>
   </si>
   <si>
     <t>소프트웨어 및 서비스</t>
   </si>
   <si>
     <t>순이익률(Net Profit Margin Ratio), 장기 추세, 업계와의 비교: 정보 기술(it)</t>
   </si>
   <si>
     <t>정보 기술(IT)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="[$-412]yyyy&quot;.&quot; m&quot;.&quot; d&quot;.&quot;"/>
     <numFmt numFmtId="165" formatCode="#,##0.00%;-#,##0.00%;&quot;—&quot;"/>
     <numFmt numFmtId="166" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
   </numFmts>
-  <fonts count="6">
+  <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
-      <name val="Calibri"/>
-[...7 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="22"/>
       <color rgb="FF7E261B"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="17"/>
       <color rgb="FF757575"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -215,71 +203,70 @@
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF252525"/>
       </top>
       <bottom style="medium">
         <color rgb="FF252525"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF252525"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
+  <cellXfs count="9">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="165" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="166" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="2" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="2" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -555,678 +542,658 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H11"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="H11" sqref="H11"/>
+      <selection activeCell="H9" sqref="H9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="3" max="3" width="4.055" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.055" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.055" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:8">
-      <c r="A3" s="2" t="s">
+    <row r="2" spans="1:8">
+      <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:8">
-      <c r="A4" s="3" t="s">
+      <c r="A4" s="3"/>
+      <c r="B4" s="4" t="s">
         <v>2</v>
       </c>
+      <c r="C4" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="D4" s="4">
+        <v>100</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="G4" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H4" s="4" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" s="5">
+        <v>45657</v>
+      </c>
+      <c r="B5" s="6">
+        <v>0.3355</v>
+      </c>
+      <c r="F5" s="7">
+        <v>1579776.0</v>
+      </c>
+      <c r="H5" s="7">
+        <v>4709248.0</v>
+      </c>
     </row>
     <row r="6" spans="1:8">
-      <c r="A6" s="4"/>
-[...18 lines deleted...]
-      <c r="H6" s="5" t="s">
+      <c r="A6" s="5">
+        <v>45291</v>
+      </c>
+      <c r="B6" s="6">
+        <v>0.1087</v>
+      </c>
+      <c r="F6" s="7">
+        <v>356711.0</v>
+      </c>
+      <c r="H6" s="7">
+        <v>3283087.0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" s="5">
+        <v>44926</v>
+      </c>
+      <c r="B7" s="6">
+        <v>-0.0684</v>
+      </c>
+      <c r="F7" s="7">
+        <v>-192746.0</v>
+      </c>
+      <c r="H7" s="7">
+        <v>2817058.0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" s="5">
+        <v>44561</v>
+      </c>
+      <c r="B8" s="6">
+        <v>0.0127</v>
+      </c>
+      <c r="F8" s="7">
+        <v>35446.0</v>
+      </c>
+      <c r="H8" s="7">
+        <v>2793104.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" s="8" t="s">
         <v>8</v>
       </c>
-    </row>
-[...66 lines deleted...]
-      <c r="H11" s="9"/>
+      <c r="B9" s="8"/>
+      <c r="C9" s="8"/>
+      <c r="D9" s="8"/>
+      <c r="E9" s="8"/>
+      <c r="F9" s="8"/>
+      <c r="G9" s="8"/>
+      <c r="H9" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q11"/>
+  <dimension ref="A1:Q9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="Q11" sqref="Q11"/>
+      <selection activeCell="Q9" sqref="Q9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:17">
-[...1 lines deleted...]
-        <v>1</v>
+    <row r="2" spans="1:17">
+      <c r="A2" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:17">
-      <c r="A4" s="3" t="s">
+      <c r="A4" s="3"/>
+      <c r="B4" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="C4" s="4" t="s">
         <v>10</v>
       </c>
+      <c r="D4" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="H4" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="I4" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="J4" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K4" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="L4" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="M4" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="N4" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="O4" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="P4" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q4" s="4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5" spans="1:17">
+      <c r="A5" s="5">
+        <v>45657</v>
+      </c>
+      <c r="B5" s="6">
+        <v>0.3355</v>
+      </c>
+      <c r="C5" s="6">
+        <v>0.1119</v>
+      </c>
+      <c r="D5" s="6">
+        <v>0.2585</v>
+      </c>
+      <c r="E5" s="6">
+        <v>0.2274</v>
+      </c>
+      <c r="F5" s="6">
+        <v>0.0292</v>
+      </c>
+      <c r="G5" s="6">
+        <v>0.0685</v>
+      </c>
+      <c r="H5" s="6">
+        <v>0.096</v>
+      </c>
+      <c r="I5" s="6">
+        <v>0.1819</v>
+      </c>
+      <c r="J5" s="6">
+        <v>0.3596</v>
+      </c>
+      <c r="K5" s="6">
+        <v>0.1976</v>
+      </c>
+      <c r="L5" s="6">
+        <v>0.1613</v>
+      </c>
+      <c r="M5" s="6">
+        <v>0.3211</v>
+      </c>
+      <c r="N5" s="6">
+        <v>0.1187</v>
+      </c>
+      <c r="O5" s="6">
+        <v>0.1297</v>
+      </c>
+      <c r="P5" s="6">
+        <v>0.3694</v>
+      </c>
+      <c r="Q5" s="6">
+        <v>0.1902</v>
+      </c>
     </row>
     <row r="6" spans="1:17">
-      <c r="A6" s="4"/>
-[...46 lines deleted...]
-        <v>25</v>
+      <c r="A6" s="5">
+        <v>45291</v>
+      </c>
+      <c r="B6" s="6">
+        <v>0.1087</v>
+      </c>
+      <c r="C6" s="6">
+        <v>0.1072</v>
+      </c>
+      <c r="D6" s="6">
+        <v>0.2797</v>
+      </c>
+      <c r="E6" s="6">
+        <v>0.2546</v>
+      </c>
+      <c r="F6" s="6">
+        <v>-0.0818</v>
+      </c>
+      <c r="G6" s="6">
+        <v>0.0228</v>
+      </c>
+      <c r="H6" s="6">
+        <v>0.1213</v>
+      </c>
+      <c r="I6" s="6">
+        <v>0.1659</v>
+      </c>
+      <c r="J6" s="6">
+        <v>0.3415</v>
+      </c>
+      <c r="K6" s="6">
+        <v>0.1702</v>
+      </c>
+      <c r="L6" s="6">
+        <v>0.0943</v>
+      </c>
+      <c r="M6" s="6">
+        <v>0.0638</v>
+      </c>
+      <c r="N6" s="6">
+        <v>0.0066</v>
+      </c>
+      <c r="O6" s="6">
+        <v>0.193</v>
+      </c>
+      <c r="P6" s="6">
+        <v>0.2105</v>
+      </c>
+      <c r="Q6" s="6">
+        <v>-0.059</v>
       </c>
     </row>
     <row r="7" spans="1:17">
-      <c r="A7" s="6">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A7" s="5">
+        <v>44926</v>
+      </c>
+      <c r="B7" s="6">
+        <v>-0.0684</v>
+      </c>
+      <c r="C7" s="6">
+        <v>0.1117</v>
+      </c>
+      <c r="D7" s="6">
+        <v>0.2701</v>
+      </c>
+      <c r="E7" s="6">
+        <v>0.2384</v>
+      </c>
+      <c r="F7" s="6">
+        <v>-0.1618</v>
+      </c>
+      <c r="G7" s="6">
+        <v>-0.0299</v>
+      </c>
+      <c r="H7" s="6">
+        <v>0.0271</v>
+      </c>
+      <c r="I7" s="6">
+        <v>0.1623</v>
+      </c>
+      <c r="J7" s="6">
+        <v>0.3669</v>
+      </c>
+      <c r="K7" s="6">
+        <v>0.1583</v>
+      </c>
+      <c r="L7" s="6">
+        <v>-0.1961</v>
+      </c>
+      <c r="M7" s="6">
+        <v>-0.0485</v>
+      </c>
+      <c r="N7" s="6">
+        <v>0.0545</v>
+      </c>
+      <c r="O7" s="6">
+        <v>0.0449</v>
+      </c>
+      <c r="P7" s="6">
+        <v>0.1938</v>
+      </c>
+      <c r="Q7" s="6">
+        <v>0.0057</v>
       </c>
     </row>
     <row r="8" spans="1:17">
-      <c r="A8" s="6">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A8" s="5">
+        <v>44561</v>
+      </c>
+      <c r="B8" s="6">
+        <v>0.0127</v>
+      </c>
+      <c r="C8" s="6">
+        <v>0.1169</v>
+      </c>
+      <c r="D8" s="6">
+        <v>0.3055</v>
+      </c>
+      <c r="E8" s="6">
+        <v>0.2329</v>
+      </c>
+      <c r="F8" s="6">
+        <v>-0.1059</v>
+      </c>
+      <c r="G8" s="6">
+        <v>-0.0202</v>
+      </c>
+      <c r="H8" s="6">
+        <v>0.1001</v>
+      </c>
+      <c r="I8" s="6">
+        <v>0.2141</v>
+      </c>
+      <c r="J8" s="6">
+        <v>0.3645</v>
+      </c>
+      <c r="K8" s="6">
+        <v>0.3396</v>
+      </c>
+      <c r="L8" s="6">
+        <v>-0.3375</v>
+      </c>
+      <c r="M8" s="6">
+        <v>-0.1172</v>
+      </c>
+      <c r="N8" s="6">
+        <v>0.1916</v>
+      </c>
+      <c r="O8" s="6">
+        <v>0.039</v>
+      </c>
+      <c r="P8" s="6">
+        <v>0.1802</v>
+      </c>
+      <c r="Q8" s="6">
+        <v>-0.0654</v>
       </c>
     </row>
     <row r="9" spans="1:17">
-      <c r="A9" s="6">
-[...123 lines deleted...]
-      <c r="Q11" s="9"/>
+      <c r="A9" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" s="8"/>
+      <c r="C9" s="8"/>
+      <c r="D9" s="8"/>
+      <c r="E9" s="8"/>
+      <c r="F9" s="8"/>
+      <c r="G9" s="8"/>
+      <c r="H9" s="8"/>
+      <c r="I9" s="8"/>
+      <c r="J9" s="8"/>
+      <c r="K9" s="8"/>
+      <c r="L9" s="8"/>
+      <c r="M9" s="8"/>
+      <c r="N9" s="8"/>
+      <c r="O9" s="8"/>
+      <c r="P9" s="8"/>
+      <c r="Q9" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C11"/>
+  <dimension ref="A1:C9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="C11" sqref="C11"/>
+      <selection activeCell="C9" sqref="C9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:3">
-[...1 lines deleted...]
-        <v>1</v>
+    <row r="2" spans="1:3">
+      <c r="A2" s="2" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:3">
-      <c r="A4" s="3" t="s">
+      <c r="A4" s="3"/>
+      <c r="B4" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="C4" s="4" t="s">
         <v>26</v>
       </c>
     </row>
+    <row r="5" spans="1:3">
+      <c r="A5" s="5">
+        <v>45657</v>
+      </c>
+      <c r="B5" s="6">
+        <v>0.3355</v>
+      </c>
+      <c r="C5" s="6">
+        <v>0.2471</v>
+      </c>
+    </row>
     <row r="6" spans="1:3">
-      <c r="A6" s="4"/>
-[...4 lines deleted...]
-        <v>27</v>
+      <c r="A6" s="5">
+        <v>45291</v>
+      </c>
+      <c r="B6" s="6">
+        <v>0.1087</v>
+      </c>
+      <c r="C6" s="6">
+        <v>0.2178</v>
       </c>
     </row>
     <row r="7" spans="1:3">
-      <c r="A7" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A7" s="5">
+        <v>44926</v>
+      </c>
+      <c r="B7" s="6">
+        <v>-0.0684</v>
+      </c>
+      <c r="C7" s="6">
+        <v>0.2143</v>
       </c>
     </row>
     <row r="8" spans="1:3">
-      <c r="A8" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A8" s="5">
+        <v>44561</v>
+      </c>
+      <c r="B8" s="6">
+        <v>0.0127</v>
+      </c>
+      <c r="C8" s="6">
+        <v>0.2504</v>
       </c>
     </row>
     <row r="9" spans="1:3">
-      <c r="A9" s="6">
-[...25 lines deleted...]
-      <c r="C11" s="9"/>
+      <c r="A9" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" s="8"/>
+      <c r="C9" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C11"/>
+  <dimension ref="A1:C9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="C11" sqref="C11"/>
+      <selection activeCell="C9" sqref="C9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:3">
-[...1 lines deleted...]
-        <v>1</v>
+    <row r="2" spans="1:3">
+      <c r="A2" s="2" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="4" spans="1:3">
-      <c r="A4" s="3" t="s">
+      <c r="A4" s="3"/>
+      <c r="B4" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="C4" s="4" t="s">
         <v>28</v>
       </c>
     </row>
+    <row r="5" spans="1:3">
+      <c r="A5" s="5">
+        <v>45657</v>
+      </c>
+      <c r="B5" s="6">
+        <v>0.3355</v>
+      </c>
+      <c r="C5" s="6">
+        <v>0.2064</v>
+      </c>
+    </row>
     <row r="6" spans="1:3">
-      <c r="A6" s="4"/>
-[...4 lines deleted...]
-        <v>29</v>
+      <c r="A6" s="5">
+        <v>45291</v>
+      </c>
+      <c r="B6" s="6">
+        <v>0.1087</v>
+      </c>
+      <c r="C6" s="6">
+        <v>0.2033</v>
       </c>
     </row>
     <row r="7" spans="1:3">
-      <c r="A7" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A7" s="5">
+        <v>44926</v>
+      </c>
+      <c r="B7" s="6">
+        <v>-0.0684</v>
+      </c>
+      <c r="C7" s="6">
+        <v>0.2235</v>
       </c>
     </row>
     <row r="8" spans="1:3">
-      <c r="A8" s="6">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A8" s="5">
+        <v>44561</v>
+      </c>
+      <c r="B8" s="6">
+        <v>0.0127</v>
+      </c>
+      <c r="C8" s="6">
+        <v>0.2354</v>
       </c>
     </row>
     <row r="9" spans="1:3">
-      <c r="A9" s="6">
-[...25 lines deleted...]
-      <c r="C11" s="9"/>
+      <c r="A9" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" s="8"/>
+      <c r="C9" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">