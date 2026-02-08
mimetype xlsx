--- v0 (2025-10-19)
+++ v1 (2026-02-08)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>유료 사용자 영역. 데이터를 사용할 수 없습니다!</t>
   </si>
   <si>
     <t>AppLovin Corp.</t>
   </si>
   <si>
     <t>기업에 대한 잉여 현금 흐름(FCFF) 예측</t>
   </si>
   <si>
     <t>US$ 단위(단위: 천 달러), 주당 데이터 제외</t>
   </si>
   <si>
     <t>년</t>
   </si>
   <si>
     <t>값</t>
   </si>
   <si>
     <t>FCFF(t) 또는 TV(t)</t>
   </si>
   <si>
-    <t>현재 가치 28.36%</t>
+    <t>현재 가치 33.42%</t>
   </si>
   <si>
     <t>FCFF(0)</t>
   </si>
   <si>
     <t>FCFF(1)</t>
   </si>
   <si>
     <t>FCFF(2)</t>
   </si>
   <si>
     <t>FCFF(3)</t>
   </si>
   <si>
     <t>FCFF(4)</t>
   </si>
   <si>
     <t>FCFF(5)</t>
   </si>
   <si>
     <t>TV(5)</t>
   </si>
   <si>
     <t>AppLovin Corp. 자본의 내재가치</t>
   </si>