--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -981,51 +981,51 @@
       <c r="D5" s="6">
         <v>0.0472</v>
       </c>
       <c r="E5" s="6">
         <v>0.1352</v>
       </c>
       <c r="F5" s="6">
         <v>-0.0013</v>
       </c>
       <c r="G5" s="6">
         <v>0.2528</v>
       </c>
       <c r="H5" s="6">
         <v>0.251</v>
       </c>
       <c r="I5" s="6">
         <v>0.1031</v>
       </c>
       <c r="J5" s="6">
         <v>0.653</v>
       </c>
       <c r="K5" s="6">
         <v>0.1105</v>
       </c>
       <c r="L5" s="6">
-        <v>0.0</v>
+        <v>0.1446</v>
       </c>
     </row>
     <row r="6" spans="1:12">
       <c r="A6" s="5">
         <v>45592</v>
       </c>
       <c r="B6" s="6">
         <v>0.2086</v>
       </c>
       <c r="C6" s="6">
         <v>0.0237</v>
       </c>
       <c r="D6" s="6">
         <v>0.0339</v>
       </c>
       <c r="E6" s="6">
         <v>0.0356</v>
       </c>
       <c r="F6" s="6">
         <v>-0.0955</v>
       </c>
       <c r="G6" s="6">
         <v>0.179</v>
       </c>
       <c r="H6" s="6">