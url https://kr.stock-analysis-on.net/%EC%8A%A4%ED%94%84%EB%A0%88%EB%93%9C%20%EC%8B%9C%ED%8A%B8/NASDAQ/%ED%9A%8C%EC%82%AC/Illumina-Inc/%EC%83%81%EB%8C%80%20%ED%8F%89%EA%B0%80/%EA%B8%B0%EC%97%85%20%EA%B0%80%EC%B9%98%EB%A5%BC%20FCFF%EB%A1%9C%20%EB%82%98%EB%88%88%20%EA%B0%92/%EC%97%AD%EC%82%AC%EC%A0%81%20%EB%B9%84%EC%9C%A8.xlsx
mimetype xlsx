--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -849,51 +849,51 @@
     <row r="20" spans="1:6">
       <c r="A20" s="11" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="12">
         <v>21.74</v>
       </c>
       <c r="C20" s="12">
         <v>0.0</v>
       </c>
       <c r="D20" s="12">
         <v>0.0</v>
       </c>
       <c r="E20" s="12">
         <v>0.0</v>
       </c>
       <c r="F20" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B21" s="12">
-        <v>25.74</v>
+        <v>0.0</v>
       </c>
       <c r="C21" s="12">
         <v>0.0</v>
       </c>
       <c r="D21" s="12">
         <v>0.0</v>
       </c>
       <c r="E21" s="12">
         <v>0.0</v>
       </c>
       <c r="F21" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="11" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="12">
         <v>26.14</v>
       </c>
       <c r="C22" s="12">
         <v>0.0</v>
       </c>
       <c r="D22" s="12">