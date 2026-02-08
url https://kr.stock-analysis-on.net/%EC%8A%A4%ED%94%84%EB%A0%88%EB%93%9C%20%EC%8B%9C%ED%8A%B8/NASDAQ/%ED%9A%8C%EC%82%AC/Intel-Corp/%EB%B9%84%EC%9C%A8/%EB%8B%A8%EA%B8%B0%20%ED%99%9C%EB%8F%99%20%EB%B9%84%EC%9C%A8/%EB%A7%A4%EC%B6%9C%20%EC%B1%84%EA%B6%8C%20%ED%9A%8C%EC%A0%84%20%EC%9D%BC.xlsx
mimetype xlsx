--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -829,51 +829,51 @@
     <row r="19" spans="1:6">
       <c r="A19" s="11" t="s">
         <v>15</v>
       </c>
       <c r="B19" s="12">
         <v>24.0</v>
       </c>
       <c r="C19" s="12">
         <v>22.0</v>
       </c>
       <c r="D19" s="12">
         <v>20.0</v>
       </c>
       <c r="E19" s="12">
         <v>34.0</v>
       </c>
       <c r="F19" s="12">
         <v>24.0</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="11" t="s">
         <v>16</v>
       </c>
       <c r="B20" s="12">
-        <v>0.0</v>
+        <v>41.0</v>
       </c>
       <c r="C20" s="12">
         <v>40.0</v>
       </c>
       <c r="D20" s="12">
         <v>37.0</v>
       </c>
       <c r="E20" s="12">
         <v>35.0</v>
       </c>
       <c r="F20" s="12">
         <v>34.0</v>
       </c>
     </row>
     <row r="21" spans="1:6" customHeight="1" ht="28.8">
       <c r="A21" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="12">
         <v>0.0</v>