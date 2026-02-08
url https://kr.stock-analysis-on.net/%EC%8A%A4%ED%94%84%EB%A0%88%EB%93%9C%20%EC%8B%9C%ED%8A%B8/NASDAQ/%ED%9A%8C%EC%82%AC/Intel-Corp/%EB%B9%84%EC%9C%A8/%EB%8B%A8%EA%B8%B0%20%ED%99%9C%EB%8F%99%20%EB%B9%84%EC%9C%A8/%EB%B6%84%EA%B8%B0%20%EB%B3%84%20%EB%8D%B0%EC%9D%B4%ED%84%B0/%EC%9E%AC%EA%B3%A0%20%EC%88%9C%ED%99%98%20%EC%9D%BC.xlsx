--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1231,51 +1231,51 @@
       </c>
       <c r="L20" s="13">
         <v>140.0</v>
       </c>
       <c r="M20" s="13">
         <v>138.0</v>
       </c>
       <c r="N20" s="13">
         <v>124.0</v>
       </c>
       <c r="O20" s="13">
         <v>112.0</v>
       </c>
       <c r="P20" s="13">
         <v>102.0</v>
       </c>
       <c r="Q20" s="13">
         <v>93.0</v>
       </c>
     </row>
     <row r="21" spans="1:17">
       <c r="A21" s="12" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="13">
-        <v>0.0</v>
+        <v>231.0</v>
       </c>
       <c r="C21" s="13">
         <v>240.0</v>
       </c>
       <c r="D21" s="13">
         <v>251.0</v>
       </c>
       <c r="E21" s="13">
         <v>254.0</v>
       </c>
       <c r="F21" s="13">
         <v>252.0</v>
       </c>
       <c r="G21" s="13">
         <v>241.0</v>
       </c>
       <c r="H21" s="13">
         <v>229.0</v>
       </c>
       <c r="I21" s="13">
         <v>228.0</v>
       </c>
       <c r="J21" s="13">
         <v>225.0</v>
       </c>