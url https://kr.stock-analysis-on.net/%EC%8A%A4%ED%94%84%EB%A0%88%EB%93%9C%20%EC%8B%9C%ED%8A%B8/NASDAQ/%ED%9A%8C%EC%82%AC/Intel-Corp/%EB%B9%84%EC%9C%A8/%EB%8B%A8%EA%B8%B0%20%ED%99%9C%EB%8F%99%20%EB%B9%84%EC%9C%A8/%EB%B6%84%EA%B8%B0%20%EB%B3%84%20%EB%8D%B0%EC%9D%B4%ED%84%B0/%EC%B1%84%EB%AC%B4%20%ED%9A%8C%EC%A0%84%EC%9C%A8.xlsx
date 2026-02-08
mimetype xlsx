--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1175,51 +1175,51 @@
       </c>
       <c r="L19" s="13">
         <v>12.5</v>
       </c>
       <c r="M19" s="13">
         <v>7.17</v>
       </c>
       <c r="N19" s="13">
         <v>4.91</v>
       </c>
       <c r="O19" s="13">
         <v>4.72</v>
       </c>
       <c r="P19" s="13">
         <v>4.37</v>
       </c>
       <c r="Q19" s="13">
         <v>4.28</v>
       </c>
     </row>
     <row r="20" spans="1:17">
       <c r="A20" s="12" t="s">
         <v>16</v>
       </c>
       <c r="B20" s="13">
-        <v>0.0</v>
+        <v>10.050000000000001</v>
       </c>
       <c r="C20" s="13">
         <v>9.42</v>
       </c>
       <c r="D20" s="13">
         <v>7.94</v>
       </c>
       <c r="E20" s="13">
         <v>7.78</v>
       </c>
       <c r="F20" s="13">
         <v>7.98</v>
       </c>
       <c r="G20" s="13">
         <v>8.19</v>
       </c>
       <c r="H20" s="13">
         <v>7.62</v>
       </c>
       <c r="I20" s="13">
         <v>11.89</v>
       </c>
       <c r="J20" s="13">
         <v>8.1</v>
       </c>