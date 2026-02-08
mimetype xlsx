--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -892,188 +892,188 @@
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:2" customHeight="1" ht="34.8">
       <c r="A4" s="11" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" s="12" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="6">
-        <v>175856539.0</v>
+        <v>190526623.0</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="6">
         <v>5340702.0</v>
       </c>
     </row>
     <row r="7" spans="1:2" customHeight="1" ht="34.8">
       <c r="A7" s="11" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B8" s="13">
-        <v>32.93</v>
+        <v>35.67</v>
       </c>
     </row>
     <row r="9" spans="1:2" customHeight="1" ht="34.8">
       <c r="A9" s="11" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:2" customHeight="1" ht="28.8">
       <c r="A10" s="14" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B11" s="16">
-        <v>41.98</v>
+        <v>45.54</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B12" s="16">
-        <v>32.35</v>
+        <v>32.19</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B13" s="16">
-        <v>23.96</v>
+        <v>25.44</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" s="15" t="s">
         <v>23</v>
       </c>
       <c r="B14" s="16">
-        <v>43.82</v>
+        <v>46.88</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" s="15" t="s">
         <v>24</v>
       </c>
       <c r="B15" s="16">
-        <v>18.27</v>
+        <v>19.079999999999998</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B16" s="16">
-        <v>40.55</v>
+        <v>43.94</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B17" s="16">
-        <v>23.54</v>
+        <v>24.25</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" s="15" t="s">
         <v>27</v>
       </c>
       <c r="B18" s="16">
-        <v>48.090000000000003</v>
+        <v>51.9</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" s="15" t="s">
         <v>28</v>
       </c>
       <c r="B19" s="16">
-        <v>9.9</v>
+        <v>9.97</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="B20" s="16">
-        <v>27.79</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="21" spans="1:2" customHeight="1" ht="28.8">
       <c r="A21" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" s="15" t="s">
         <v>31</v>
       </c>
       <c r="B22" s="16">
-        <v>67.33</v>
+        <v>71.89</v>
       </c>
     </row>
     <row r="23" spans="1:2" customHeight="1" ht="28.8">
       <c r="A23" s="14" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" s="15" t="s">
         <v>33</v>
       </c>
       <c r="B24" s="16">
-        <v>36.18</v>
+        <v>37.65</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" s="10" t="s">
         <v>12</v>
       </c>
       <c r="B25" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G26"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="G26" sqref="G26"/>
     </sheetView>
@@ -1393,66 +1393,66 @@
       </c>
       <c r="B20" s="16">
         <v>13.050000000000001</v>
       </c>
       <c r="C20" s="16">
         <v>15.19</v>
       </c>
       <c r="D20" s="16">
         <v>12.82</v>
       </c>
       <c r="E20" s="16">
         <v>7.84</v>
       </c>
       <c r="F20" s="16">
         <v>12.76</v>
       </c>
       <c r="G20" s="16">
         <v>19.49</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="B21" s="16">
-        <v>0.0</v>
+        <v>25.46</v>
       </c>
       <c r="C21" s="16">
         <v>22.89</v>
       </c>
       <c r="D21" s="16">
         <v>16.36</v>
       </c>
       <c r="E21" s="16">
         <v>14.69</v>
       </c>
       <c r="F21" s="16">
         <v>15.54</v>
       </c>
       <c r="G21" s="16">
-        <v>21.75</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="28.8">
       <c r="A22" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="15" t="s">
         <v>31</v>
       </c>
       <c r="B23" s="16">
         <v>0.0</v>
       </c>
       <c r="C23" s="16">
         <v>33.98</v>
       </c>
       <c r="D23" s="16">
         <v>26.56</v>
       </c>
       <c r="E23" s="16">
         <v>14.51</v>
       </c>
       <c r="F23" s="16">
         <v>15.52</v>