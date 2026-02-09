--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -948,51 +948,51 @@
         <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B27" s="14">
         <v>0.0</v>
       </c>
       <c r="C27" s="14">
         <v>0.0</v>
       </c>
       <c r="D27" s="14">
         <v>0.0</v>
       </c>
       <c r="E27" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B28" s="14">
-        <v>0.1028</v>
+        <v>0.0</v>
       </c>
       <c r="C28" s="14">
         <v>0.0</v>
       </c>
       <c r="D28" s="14">
         <v>0.0</v>
       </c>
       <c r="E28" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="29" spans="1:5" customHeight="1" ht="28.8">
       <c r="A29" s="12" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="13" t="s">
         <v>24</v>
       </c>
       <c r="B30" s="14">
         <v>2.0</v>
       </c>
       <c r="C30" s="14">
         <v>0.0</v>
@@ -1222,51 +1222,51 @@
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B16" s="14">
         <v>0.0</v>
       </c>
       <c r="C16" s="14">
         <v>0.0</v>
       </c>
       <c r="D16" s="14">
         <v>0.0</v>
       </c>
       <c r="E16" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B17" s="14">
-        <v>-0.0348</v>
+        <v>0.0</v>
       </c>
       <c r="C17" s="14">
         <v>0.0</v>
       </c>
       <c r="D17" s="14">
         <v>0.0</v>
       </c>
       <c r="E17" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:5" customHeight="1" ht="28.8">
       <c r="A18" s="12" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="13" t="s">
         <v>24</v>
       </c>
       <c r="B19" s="14">
         <v>-0.0137</v>
       </c>
       <c r="C19" s="14">
         <v>0.0</v>