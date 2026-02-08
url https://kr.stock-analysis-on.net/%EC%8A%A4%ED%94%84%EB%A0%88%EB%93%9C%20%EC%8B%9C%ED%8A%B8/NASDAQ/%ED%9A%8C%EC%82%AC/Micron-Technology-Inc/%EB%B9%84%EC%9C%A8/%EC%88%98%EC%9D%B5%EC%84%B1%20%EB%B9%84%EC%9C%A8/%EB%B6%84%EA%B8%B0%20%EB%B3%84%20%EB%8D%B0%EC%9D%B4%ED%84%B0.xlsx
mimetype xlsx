--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -2043,108 +2043,108 @@
       </c>
       <c r="R21" s="8">
         <v>0.5816</v>
       </c>
       <c r="S21" s="8">
         <v>0.5751</v>
       </c>
       <c r="T21" s="8">
         <v>0.5982</v>
       </c>
       <c r="U21" s="8">
         <v>0.5999</v>
       </c>
       <c r="V21" s="8">
         <v>0.6017</v>
       </c>
     </row>
     <row r="22" spans="1:22">
       <c r="A22" s="14" t="s">
         <v>25</v>
       </c>
       <c r="B22" s="8">
         <v>0.0</v>
       </c>
       <c r="C22" s="8">
-        <v>0.0</v>
+        <v>0.5702</v>
       </c>
       <c r="D22" s="8">
         <v>0.5748</v>
       </c>
       <c r="E22" s="8">
         <v>0.5803</v>
       </c>
       <c r="F22" s="8">
         <v>0.5802</v>
       </c>
       <c r="G22" s="8">
         <v>0.5814</v>
       </c>
       <c r="H22" s="8">
         <v>0.5863</v>
       </c>
       <c r="I22" s="8">
         <v>0.5936</v>
       </c>
       <c r="J22" s="8">
         <v>0.6101</v>
       </c>
       <c r="K22" s="8">
         <v>0.629</v>
       </c>
       <c r="L22" s="8">
         <v>0.6446</v>
       </c>
       <c r="M22" s="8">
         <v>0.6629</v>
       </c>
       <c r="N22" s="8">
         <v>0.6764</v>
       </c>
       <c r="O22" s="8">
         <v>0.6876</v>
       </c>
       <c r="P22" s="8">
         <v>0.6951</v>
       </c>
       <c r="Q22" s="8">
         <v>0.6926</v>
       </c>
       <c r="R22" s="8">
         <v>0.6868</v>
       </c>
       <c r="S22" s="8">
-        <v>0.6747</v>
+        <v>0.0</v>
       </c>
       <c r="T22" s="8">
-        <v>0.6636</v>
+        <v>0.0</v>
       </c>
       <c r="U22" s="8">
-        <v>0.6546</v>
+        <v>0.0</v>
       </c>
       <c r="V22" s="8">
-        <v>0.647</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:22">
       <c r="A23" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B23" s="9"/>
       <c r="C23" s="9"/>
       <c r="D23" s="9"/>
       <c r="E23" s="9"/>
       <c r="F23" s="9"/>
       <c r="G23" s="9"/>
       <c r="H23" s="9"/>
       <c r="I23" s="9"/>
       <c r="J23" s="9"/>
       <c r="K23" s="9"/>
       <c r="L23" s="9"/>
       <c r="M23" s="9"/>
       <c r="N23" s="9"/>
       <c r="O23" s="9"/>
       <c r="P23" s="9"/>
       <c r="Q23" s="9"/>
       <c r="R23" s="9"/>
       <c r="S23" s="9"/>
       <c r="T23" s="9"/>
@@ -3077,108 +3077,108 @@
       </c>
       <c r="R21" s="8">
         <v>0.3088</v>
       </c>
       <c r="S21" s="8">
         <v>0.2916</v>
       </c>
       <c r="T21" s="8">
         <v>0.3174</v>
       </c>
       <c r="U21" s="8">
         <v>0.3035</v>
       </c>
       <c r="V21" s="8">
         <v>0.2904</v>
       </c>
     </row>
     <row r="22" spans="1:22">
       <c r="A22" s="14" t="s">
         <v>25</v>
       </c>
       <c r="B22" s="8">
         <v>0.0</v>
       </c>
       <c r="C22" s="8">
-        <v>0.0</v>
+        <v>0.3406</v>
       </c>
       <c r="D22" s="8">
         <v>0.3433</v>
       </c>
       <c r="E22" s="8">
         <v>0.3489</v>
       </c>
       <c r="F22" s="8">
         <v>0.3429</v>
       </c>
       <c r="G22" s="8">
         <v>0.3494</v>
       </c>
       <c r="H22" s="8">
         <v>0.3578</v>
       </c>
       <c r="I22" s="8">
         <v>0.3703</v>
       </c>
       <c r="J22" s="8">
         <v>0.3978</v>
       </c>
       <c r="K22" s="8">
         <v>0.4185</v>
       </c>
       <c r="L22" s="8">
         <v>0.4403</v>
       </c>
       <c r="M22" s="8">
         <v>0.4654</v>
       </c>
       <c r="N22" s="8">
         <v>0.4877</v>
       </c>
       <c r="O22" s="8">
         <v>0.5063</v>
       </c>
       <c r="P22" s="8">
         <v>0.5184</v>
       </c>
       <c r="Q22" s="8">
         <v>0.5152</v>
       </c>
       <c r="R22" s="8">
         <v>0.5055</v>
       </c>
       <c r="S22" s="8">
-        <v>0.4884</v>
+        <v>0.0</v>
       </c>
       <c r="T22" s="8">
-        <v>0.4702</v>
+        <v>0.0</v>
       </c>
       <c r="U22" s="8">
-        <v>0.4519</v>
+        <v>0.0</v>
       </c>
       <c r="V22" s="8">
-        <v>0.4273</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:22">
       <c r="A23" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B23" s="9"/>
       <c r="C23" s="9"/>
       <c r="D23" s="9"/>
       <c r="E23" s="9"/>
       <c r="F23" s="9"/>
       <c r="G23" s="9"/>
       <c r="H23" s="9"/>
       <c r="I23" s="9"/>
       <c r="J23" s="9"/>
       <c r="K23" s="9"/>
       <c r="L23" s="9"/>
       <c r="M23" s="9"/>
       <c r="N23" s="9"/>
       <c r="O23" s="9"/>
       <c r="P23" s="9"/>
       <c r="Q23" s="9"/>
       <c r="R23" s="9"/>
       <c r="S23" s="9"/>
       <c r="T23" s="9"/>
@@ -4111,108 +4111,108 @@
       </c>
       <c r="R21" s="8">
         <v>0.2771</v>
       </c>
       <c r="S21" s="8">
         <v>0.2694</v>
       </c>
       <c r="T21" s="8">
         <v>0.2825</v>
       </c>
       <c r="U21" s="8">
         <v>0.2728</v>
       </c>
       <c r="V21" s="8">
         <v>0.2521</v>
       </c>
     </row>
     <row r="22" spans="1:22">
       <c r="A22" s="14" t="s">
         <v>25</v>
       </c>
       <c r="B22" s="8">
         <v>0.0</v>
       </c>
       <c r="C22" s="8">
-        <v>0.0</v>
+        <v>0.2828</v>
       </c>
       <c r="D22" s="8">
         <v>0.2921</v>
       </c>
       <c r="E22" s="8">
         <v>0.3023</v>
       </c>
       <c r="F22" s="8">
         <v>0.3036</v>
       </c>
       <c r="G22" s="8">
         <v>0.3068</v>
       </c>
       <c r="H22" s="8">
         <v>0.316</v>
       </c>
       <c r="I22" s="8">
         <v>0.3301</v>
       </c>
       <c r="J22" s="8">
         <v>0.3516</v>
       </c>
       <c r="K22" s="8">
         <v>0.3716</v>
       </c>
       <c r="L22" s="8">
         <v>0.3921</v>
       </c>
       <c r="M22" s="8">
         <v>0.4084</v>
       </c>
       <c r="N22" s="8">
         <v>0.4233</v>
       </c>
       <c r="O22" s="8">
         <v>0.4368</v>
       </c>
       <c r="P22" s="8">
         <v>0.4421</v>
       </c>
       <c r="Q22" s="8">
         <v>0.4378</v>
       </c>
       <c r="R22" s="8">
         <v>0.4334</v>
       </c>
       <c r="S22" s="8">
-        <v>0.4235</v>
+        <v>0.0</v>
       </c>
       <c r="T22" s="8">
-        <v>0.4161</v>
+        <v>0.0</v>
       </c>
       <c r="U22" s="8">
-        <v>0.4012</v>
+        <v>0.0</v>
       </c>
       <c r="V22" s="8">
-        <v>0.4004</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:22">
       <c r="A23" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B23" s="9"/>
       <c r="C23" s="9"/>
       <c r="D23" s="9"/>
       <c r="E23" s="9"/>
       <c r="F23" s="9"/>
       <c r="G23" s="9"/>
       <c r="H23" s="9"/>
       <c r="I23" s="9"/>
       <c r="J23" s="9"/>
       <c r="K23" s="9"/>
       <c r="L23" s="9"/>
       <c r="M23" s="9"/>
       <c r="N23" s="9"/>
       <c r="O23" s="9"/>
       <c r="P23" s="9"/>
       <c r="Q23" s="9"/>
       <c r="R23" s="9"/>
       <c r="S23" s="9"/>
       <c r="T23" s="9"/>
@@ -5145,108 +5145,108 @@
       </c>
       <c r="R21" s="8">
         <v>0.8812</v>
       </c>
       <c r="S21" s="8">
         <v>0.9088</v>
       </c>
       <c r="T21" s="8">
         <v>1.1256</v>
       </c>
       <c r="U21" s="8">
         <v>1.0805</v>
       </c>
       <c r="V21" s="8">
         <v>0.9117</v>
       </c>
     </row>
     <row r="22" spans="1:22">
       <c r="A22" s="14" t="s">
         <v>25</v>
       </c>
       <c r="B22" s="8">
         <v>0.0</v>
       </c>
       <c r="C22" s="8">
-        <v>0.0</v>
+        <v>0.3073</v>
       </c>
       <c r="D22" s="8">
         <v>0.3033</v>
       </c>
       <c r="E22" s="8">
         <v>0.3073</v>
       </c>
       <c r="F22" s="8">
         <v>0.297</v>
       </c>
       <c r="G22" s="8">
         <v>0.2839</v>
       </c>
       <c r="H22" s="8">
         <v>0.2875</v>
       </c>
       <c r="I22" s="8">
         <v>0.3086</v>
       </c>
       <c r="J22" s="8">
         <v>0.3478</v>
       </c>
       <c r="K22" s="8">
         <v>0.3853</v>
       </c>
       <c r="L22" s="8">
         <v>0.427</v>
       </c>
       <c r="M22" s="8">
         <v>0.4822</v>
       </c>
       <c r="N22" s="8">
         <v>0.5416</v>
       </c>
       <c r="O22" s="8">
         <v>0.6002</v>
       </c>
       <c r="P22" s="8">
         <v>0.6152</v>
       </c>
       <c r="Q22" s="8">
         <v>0.6086</v>
       </c>
       <c r="R22" s="8">
         <v>0.5862</v>
       </c>
       <c r="S22" s="8">
-        <v>0.5827</v>
+        <v>0.0</v>
       </c>
       <c r="T22" s="8">
-        <v>0.6023</v>
+        <v>0.0</v>
       </c>
       <c r="U22" s="8">
-        <v>0.603</v>
+        <v>0.0</v>
       </c>
       <c r="V22" s="8">
-        <v>0.6073</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:22">
       <c r="A23" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B23" s="9"/>
       <c r="C23" s="9"/>
       <c r="D23" s="9"/>
       <c r="E23" s="9"/>
       <c r="F23" s="9"/>
       <c r="G23" s="9"/>
       <c r="H23" s="9"/>
       <c r="I23" s="9"/>
       <c r="J23" s="9"/>
       <c r="K23" s="9"/>
       <c r="L23" s="9"/>
       <c r="M23" s="9"/>
       <c r="N23" s="9"/>
       <c r="O23" s="9"/>
       <c r="P23" s="9"/>
       <c r="Q23" s="9"/>
       <c r="R23" s="9"/>
       <c r="S23" s="9"/>
       <c r="T23" s="9"/>
@@ -6179,108 +6179,108 @@
       </c>
       <c r="R21" s="8">
         <v>0.2332</v>
       </c>
       <c r="S21" s="8">
         <v>0.2193</v>
       </c>
       <c r="T21" s="8">
         <v>0.2374</v>
       </c>
       <c r="U21" s="8">
         <v>0.2158</v>
       </c>
       <c r="V21" s="8">
         <v>0.1795</v>
       </c>
     </row>
     <row r="22" spans="1:22">
       <c r="A22" s="14" t="s">
         <v>25</v>
       </c>
       <c r="B22" s="8">
         <v>0.0</v>
       </c>
       <c r="C22" s="8">
-        <v>0.0</v>
+        <v>0.1446</v>
       </c>
       <c r="D22" s="8">
         <v>0.1441</v>
       </c>
       <c r="E22" s="8">
         <v>0.1443</v>
       </c>
       <c r="F22" s="8">
         <v>0.1444</v>
       </c>
       <c r="G22" s="8">
         <v>0.1351</v>
       </c>
       <c r="H22" s="8">
         <v>0.1406</v>
       </c>
       <c r="I22" s="8">
         <v>0.1516</v>
       </c>
       <c r="J22" s="8">
         <v>0.1693</v>
       </c>
       <c r="K22" s="8">
         <v>0.2012</v>
       </c>
       <c r="L22" s="8">
         <v>0.2244</v>
       </c>
       <c r="M22" s="8">
         <v>0.2485</v>
       </c>
       <c r="N22" s="8">
         <v>0.2825</v>
       </c>
       <c r="O22" s="8">
         <v>0.3216</v>
       </c>
       <c r="P22" s="8">
         <v>0.3425</v>
       </c>
       <c r="Q22" s="8">
         <v>0.3469</v>
       </c>
       <c r="R22" s="8">
         <v>0.3251</v>
       </c>
       <c r="S22" s="8">
-        <v>0.3148</v>
+        <v>0.0</v>
       </c>
       <c r="T22" s="8">
-        <v>0.3145</v>
+        <v>0.0</v>
       </c>
       <c r="U22" s="8">
-        <v>0.3264</v>
+        <v>0.0</v>
       </c>
       <c r="V22" s="8">
-        <v>0.3144</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:22">
       <c r="A23" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B23" s="9"/>
       <c r="C23" s="9"/>
       <c r="D23" s="9"/>
       <c r="E23" s="9"/>
       <c r="F23" s="9"/>
       <c r="G23" s="9"/>
       <c r="H23" s="9"/>
       <c r="I23" s="9"/>
       <c r="J23" s="9"/>
       <c r="K23" s="9"/>
       <c r="L23" s="9"/>
       <c r="M23" s="9"/>
       <c r="N23" s="9"/>
       <c r="O23" s="9"/>
       <c r="P23" s="9"/>
       <c r="Q23" s="9"/>
       <c r="R23" s="9"/>
       <c r="S23" s="9"/>
       <c r="T23" s="9"/>