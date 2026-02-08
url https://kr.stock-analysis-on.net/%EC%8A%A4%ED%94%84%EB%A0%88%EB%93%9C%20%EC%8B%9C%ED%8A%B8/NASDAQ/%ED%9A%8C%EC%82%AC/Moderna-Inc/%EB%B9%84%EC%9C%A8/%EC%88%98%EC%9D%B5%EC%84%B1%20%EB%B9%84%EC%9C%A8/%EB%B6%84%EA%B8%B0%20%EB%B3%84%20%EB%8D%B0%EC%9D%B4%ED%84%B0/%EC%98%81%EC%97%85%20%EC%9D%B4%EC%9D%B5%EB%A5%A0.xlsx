--- v0 (2026-02-08)
+++ v1 (2026-02-08)
@@ -1443,60 +1443,60 @@
       <c r="E22" s="13">
         <v>0.3085</v>
       </c>
       <c r="F22" s="13">
         <v>0.3223</v>
       </c>
       <c r="G22" s="13">
         <v>0.342</v>
       </c>
       <c r="H22" s="13">
         <v>0.3579</v>
       </c>
       <c r="I22" s="13">
         <v>0.3893</v>
       </c>
       <c r="J22" s="13">
         <v>0.4545</v>
       </c>
       <c r="K22" s="13">
         <v>0.4819</v>
       </c>
       <c r="L22" s="13">
         <v>0.5508</v>
       </c>
       <c r="M22" s="13">
-        <v>0.5567</v>
+        <v>0.0</v>
       </c>
       <c r="N22" s="13">
-        <v>0.5519</v>
+        <v>0.0</v>
       </c>
       <c r="O22" s="13">
-        <v>0.5394</v>
+        <v>0.0</v>
       </c>
       <c r="P22" s="13">
-        <v>0.4337</v>
+        <v>0.0</v>
       </c>
       <c r="Q22" s="13">
         <v>0.0</v>
       </c>
       <c r="R22" s="13">
         <v>0.0</v>
       </c>
       <c r="S22" s="13">
         <v>0.0</v>
       </c>
       <c r="T22" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B23" s="13">
         <v>0.1693</v>
       </c>
       <c r="C23" s="13">
         <v>0.1701</v>
       </c>
       <c r="D23" s="13">