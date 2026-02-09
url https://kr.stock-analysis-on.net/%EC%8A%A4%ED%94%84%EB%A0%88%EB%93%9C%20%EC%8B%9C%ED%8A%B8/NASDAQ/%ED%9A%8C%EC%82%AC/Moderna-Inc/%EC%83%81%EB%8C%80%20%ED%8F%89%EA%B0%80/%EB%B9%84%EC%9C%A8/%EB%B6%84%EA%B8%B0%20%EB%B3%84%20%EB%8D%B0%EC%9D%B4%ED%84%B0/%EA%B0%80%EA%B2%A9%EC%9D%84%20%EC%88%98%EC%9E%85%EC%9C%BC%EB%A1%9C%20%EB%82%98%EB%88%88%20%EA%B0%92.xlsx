--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1579,60 +1579,60 @@
       <c r="E24" s="10">
         <v>25.99</v>
       </c>
       <c r="F24" s="10">
         <v>22.35</v>
       </c>
       <c r="G24" s="10">
         <v>19.48</v>
       </c>
       <c r="H24" s="10">
         <v>19.77</v>
       </c>
       <c r="I24" s="10">
         <v>19.68</v>
       </c>
       <c r="J24" s="10">
         <v>14.98</v>
       </c>
       <c r="K24" s="10">
         <v>11.67</v>
       </c>
       <c r="L24" s="10">
         <v>9.15</v>
       </c>
       <c r="M24" s="10">
-        <v>8.37</v>
+        <v>0.0</v>
       </c>
       <c r="N24" s="10">
-        <v>9.96</v>
+        <v>0.0</v>
       </c>
       <c r="O24" s="10">
-        <v>10.38</v>
+        <v>0.0</v>
       </c>
       <c r="P24" s="10">
-        <v>13.27</v>
+        <v>0.0</v>
       </c>
       <c r="Q24" s="10">
         <v>0.0</v>
       </c>
       <c r="R24" s="10">
         <v>0.0</v>
       </c>
       <c r="S24" s="10">
         <v>0.0</v>
       </c>
       <c r="T24" s="10">
         <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:20">
       <c r="A25" s="14" t="s">
         <v>22</v>
       </c>
       <c r="B25" s="10">
         <v>34.78</v>
       </c>
       <c r="C25" s="10">
         <v>37.81</v>
       </c>
       <c r="D25" s="10">