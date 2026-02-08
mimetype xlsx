--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1424,60 +1424,60 @@
       <c r="G23" s="13">
         <v>0.35</v>
       </c>
       <c r="H23" s="13">
         <v>0.35</v>
       </c>
       <c r="I23" s="13">
         <v>0.36</v>
       </c>
       <c r="J23" s="13">
         <v>0.35</v>
       </c>
       <c r="K23" s="13">
         <v>0.32</v>
       </c>
       <c r="L23" s="13">
         <v>0.3</v>
       </c>
       <c r="M23" s="13">
         <v>0.29</v>
       </c>
       <c r="N23" s="13">
         <v>0.31</v>
       </c>
       <c r="O23" s="13">
-        <v>0.31</v>
+        <v>0.0</v>
       </c>
       <c r="P23" s="13">
-        <v>0.33</v>
+        <v>0.0</v>
       </c>
       <c r="Q23" s="13">
-        <v>0.3</v>
+        <v>0.0</v>
       </c>
       <c r="R23" s="13">
-        <v>0.32</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:18">
       <c r="A24" s="14" t="s">
         <v>20</v>
       </c>
       <c r="B24" s="14"/>
       <c r="C24" s="14"/>
       <c r="D24" s="14"/>
       <c r="E24" s="14"/>
       <c r="F24" s="14"/>
       <c r="G24" s="14"/>
       <c r="H24" s="14"/>
       <c r="I24" s="14"/>
       <c r="J24" s="14"/>
       <c r="K24" s="14"/>
       <c r="L24" s="14"/>
       <c r="M24" s="14"/>
       <c r="N24" s="14"/>
       <c r="O24" s="14"/>
       <c r="P24" s="14"/>
       <c r="Q24" s="14"/>
       <c r="R24" s="14"/>
     </row>
   </sheetData>