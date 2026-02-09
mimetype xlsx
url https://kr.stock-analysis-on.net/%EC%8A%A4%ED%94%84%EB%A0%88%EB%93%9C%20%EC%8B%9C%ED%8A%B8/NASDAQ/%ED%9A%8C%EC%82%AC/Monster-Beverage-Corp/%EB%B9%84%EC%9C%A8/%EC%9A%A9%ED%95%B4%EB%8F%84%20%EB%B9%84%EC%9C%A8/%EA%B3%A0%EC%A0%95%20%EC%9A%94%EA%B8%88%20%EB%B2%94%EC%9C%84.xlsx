--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -890,51 +890,51 @@
       </c>
       <c r="D22" s="14">
         <v>4.85</v>
       </c>
       <c r="E22" s="14">
         <v>0.0</v>
       </c>
       <c r="F22" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B23" s="14">
         <v>6.92</v>
       </c>
       <c r="C23" s="14">
         <v>12.59</v>
       </c>
       <c r="D23" s="14">
         <v>13.43</v>
       </c>
       <c r="E23" s="14">
-        <v>11.5</v>
+        <v>0.0</v>
       </c>
       <c r="F23" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:6" customHeight="1" ht="28.8">
       <c r="A24" s="12" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="13" t="s">
         <v>20</v>
       </c>
       <c r="B25" s="14">
         <v>7.29</v>
       </c>
       <c r="C25" s="14">
         <v>9.14</v>
       </c>
       <c r="D25" s="14">
         <v>7.6</v>
       </c>
       <c r="E25" s="14">
         <v>0.0</v>