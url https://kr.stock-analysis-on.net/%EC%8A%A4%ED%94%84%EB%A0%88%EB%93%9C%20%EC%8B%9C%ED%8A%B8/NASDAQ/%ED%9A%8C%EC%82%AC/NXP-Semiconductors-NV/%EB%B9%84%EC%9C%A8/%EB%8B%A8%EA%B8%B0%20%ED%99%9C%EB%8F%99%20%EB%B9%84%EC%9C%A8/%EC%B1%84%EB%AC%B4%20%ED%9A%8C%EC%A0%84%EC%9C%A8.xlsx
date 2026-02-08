--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -878,51 +878,51 @@
       </c>
       <c r="B21" s="12">
         <v>5.19</v>
       </c>
       <c r="C21" s="12">
         <v>4.12</v>
       </c>
       <c r="D21" s="12">
         <v>0.0</v>
       </c>
       <c r="E21" s="12">
         <v>0.0</v>
       </c>
       <c r="F21" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="12">
         <v>10.45</v>
       </c>
       <c r="C22" s="12">
-        <v>12.51</v>
+        <v>0.0</v>
       </c>
       <c r="D22" s="12">
         <v>0.0</v>
       </c>
       <c r="E22" s="12">
         <v>0.0</v>
       </c>
       <c r="F22" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="10" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="11" t="s">
         <v>20</v>
       </c>
       <c r="B24" s="12">
         <v>7.03</v>
       </c>
       <c r="C24" s="12">
         <v>0.0</v>