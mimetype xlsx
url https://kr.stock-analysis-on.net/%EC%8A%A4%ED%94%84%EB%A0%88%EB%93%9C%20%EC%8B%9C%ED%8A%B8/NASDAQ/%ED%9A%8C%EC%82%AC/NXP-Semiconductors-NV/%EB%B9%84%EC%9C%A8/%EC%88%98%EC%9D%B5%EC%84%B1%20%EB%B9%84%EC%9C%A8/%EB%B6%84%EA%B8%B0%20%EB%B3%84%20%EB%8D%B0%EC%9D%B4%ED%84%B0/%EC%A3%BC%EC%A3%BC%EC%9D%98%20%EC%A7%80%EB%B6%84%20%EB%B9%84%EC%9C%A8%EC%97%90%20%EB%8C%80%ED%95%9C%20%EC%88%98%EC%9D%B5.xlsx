--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -932,60 +932,60 @@
       </c>
       <c r="D22" s="13">
         <v>0.9088</v>
       </c>
       <c r="E22" s="13">
         <v>1.1256</v>
       </c>
       <c r="F22" s="13">
         <v>1.0805</v>
       </c>
       <c r="G22" s="13">
         <v>0.9117</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B23" s="13">
         <v>0.6086</v>
       </c>
       <c r="C23" s="13">
         <v>0.5862</v>
       </c>
       <c r="D23" s="13">
-        <v>0.5827</v>
+        <v>0.0</v>
       </c>
       <c r="E23" s="13">
-        <v>0.6023</v>
+        <v>0.0</v>
       </c>
       <c r="F23" s="13">
-        <v>0.603</v>
+        <v>0.0</v>
       </c>
       <c r="G23" s="13">
-        <v>0.6073</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="14" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="14"/>
       <c r="C24" s="14"/>
       <c r="D24" s="14"/>
       <c r="E24" s="14"/>
       <c r="F24" s="14"/>
       <c r="G24" s="14"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>