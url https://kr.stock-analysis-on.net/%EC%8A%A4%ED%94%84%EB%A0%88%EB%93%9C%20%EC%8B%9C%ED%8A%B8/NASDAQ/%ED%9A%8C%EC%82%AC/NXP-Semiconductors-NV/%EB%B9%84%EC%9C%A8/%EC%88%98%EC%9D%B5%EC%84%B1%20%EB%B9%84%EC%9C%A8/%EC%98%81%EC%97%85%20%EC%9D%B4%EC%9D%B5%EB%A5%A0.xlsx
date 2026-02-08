--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -878,51 +878,51 @@
       </c>
       <c r="B21" s="12">
         <v>0.2916</v>
       </c>
       <c r="C21" s="12">
         <v>0.2658</v>
       </c>
       <c r="D21" s="12">
         <v>0.0</v>
       </c>
       <c r="E21" s="12">
         <v>0.0</v>
       </c>
       <c r="F21" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="12">
         <v>0.4884</v>
       </c>
       <c r="C22" s="12">
-        <v>0.4076</v>
+        <v>0.0</v>
       </c>
       <c r="D22" s="12">
         <v>0.0</v>
       </c>
       <c r="E22" s="12">
         <v>0.0</v>
       </c>
       <c r="F22" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="10" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="11" t="s">
         <v>20</v>
       </c>
       <c r="B24" s="12">
         <v>0.283</v>
       </c>
       <c r="C24" s="12">
         <v>0.0</v>