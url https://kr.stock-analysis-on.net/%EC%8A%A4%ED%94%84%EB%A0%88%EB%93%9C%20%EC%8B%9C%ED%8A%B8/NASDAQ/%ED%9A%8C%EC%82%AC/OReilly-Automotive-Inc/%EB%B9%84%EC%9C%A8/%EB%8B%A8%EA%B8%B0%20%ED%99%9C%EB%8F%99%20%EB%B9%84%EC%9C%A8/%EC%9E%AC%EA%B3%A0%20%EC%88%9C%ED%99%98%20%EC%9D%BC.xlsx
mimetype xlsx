--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -634,51 +634,51 @@
       <c r="E8" s="9">
         <v>259.0</v>
       </c>
       <c r="F8" s="9">
         <v>258.0</v>
       </c>
     </row>
     <row r="9" spans="1:6" customHeight="1" ht="34.8">
       <c r="A9" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="28.8">
       <c r="A10" s="10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="11" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="12">
         <v>44.0</v>
       </c>
       <c r="C11" s="12">
-        <v>37.0</v>
+        <v>0.0</v>
       </c>
       <c r="D11" s="12">
         <v>0.0</v>
       </c>
       <c r="E11" s="12">
         <v>0.0</v>
       </c>
       <c r="F11" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="12">
         <v>70.0</v>
       </c>
       <c r="C12" s="12">
         <v>73.0</v>
       </c>
       <c r="D12" s="12">
         <v>0.0</v>
       </c>
       <c r="E12" s="12">