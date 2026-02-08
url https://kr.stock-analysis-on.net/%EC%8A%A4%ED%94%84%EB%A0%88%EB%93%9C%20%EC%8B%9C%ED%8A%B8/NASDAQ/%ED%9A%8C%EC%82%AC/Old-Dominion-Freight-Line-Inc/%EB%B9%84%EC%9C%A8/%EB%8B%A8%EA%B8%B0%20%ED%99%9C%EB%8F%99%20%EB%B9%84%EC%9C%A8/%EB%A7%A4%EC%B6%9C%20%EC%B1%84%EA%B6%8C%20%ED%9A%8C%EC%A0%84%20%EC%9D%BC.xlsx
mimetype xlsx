--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -680,51 +680,51 @@
       </c>
       <c r="C12" s="12">
         <v>51.0</v>
       </c>
       <c r="D12" s="12">
         <v>35.0</v>
       </c>
       <c r="E12" s="12">
         <v>0.0</v>
       </c>
       <c r="F12" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="12">
         <v>28.0</v>
       </c>
       <c r="C13" s="12">
         <v>29.0</v>
       </c>
       <c r="D13" s="12">
-        <v>28.0</v>
+        <v>0.0</v>
       </c>
       <c r="E13" s="12">
         <v>0.0</v>
       </c>
       <c r="F13" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="12">
         <v>15.0</v>
       </c>
       <c r="C14" s="12">
         <v>25.0</v>
       </c>
       <c r="D14" s="12">
         <v>31.0</v>
       </c>
       <c r="E14" s="12">
         <v>0.0</v>
       </c>
       <c r="F14" s="12">