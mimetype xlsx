--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -703,51 +703,51 @@
       </c>
       <c r="C13" s="12">
         <v>7.16</v>
       </c>
       <c r="D13" s="12">
         <v>10.38</v>
       </c>
       <c r="E13" s="12">
         <v>0.0</v>
       </c>
       <c r="F13" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="12">
         <v>13.15</v>
       </c>
       <c r="C14" s="12">
         <v>12.66</v>
       </c>
       <c r="D14" s="12">
-        <v>12.98</v>
+        <v>0.0</v>
       </c>
       <c r="E14" s="12">
         <v>0.0</v>
       </c>
       <c r="F14" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="12">
         <v>24.96</v>
       </c>
       <c r="C15" s="12">
         <v>14.81</v>
       </c>
       <c r="D15" s="12">
         <v>11.86</v>
       </c>
       <c r="E15" s="12">
         <v>0.0</v>
       </c>
       <c r="F15" s="12">