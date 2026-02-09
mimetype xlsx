--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1020,60 +1020,60 @@
       </c>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="13" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="14">
         <v>7.59</v>
       </c>
       <c r="C16" s="14">
         <v>8.0</v>
       </c>
       <c r="D16" s="14">
         <v>8.14</v>
       </c>
       <c r="E16" s="14">
         <v>8.4</v>
       </c>
       <c r="F16" s="14">
         <v>8.34</v>
       </c>
       <c r="G16" s="14">
         <v>8.53</v>
       </c>
       <c r="H16" s="14">
-        <v>8.33</v>
+        <v>0.0</v>
       </c>
       <c r="I16" s="14">
-        <v>8.050000000000001</v>
+        <v>0.0</v>
       </c>
       <c r="J16" s="14">
-        <v>7.66</v>
+        <v>0.0</v>
       </c>
       <c r="K16" s="14">
-        <v>6.91</v>
+        <v>0.0</v>
       </c>
       <c r="L16" s="14">
         <v>0.0</v>
       </c>
       <c r="M16" s="14">
         <v>0.0</v>
       </c>
       <c r="N16" s="14">
         <v>0.0</v>
       </c>
       <c r="O16" s="14">
         <v>0.0</v>
       </c>
       <c r="P16" s="14">
         <v>0.0</v>
       </c>
       <c r="Q16" s="14">
         <v>0.0</v>
       </c>
       <c r="R16" s="14">
         <v>0.0</v>
       </c>
       <c r="S16" s="14">
         <v>0.0</v>
       </c>