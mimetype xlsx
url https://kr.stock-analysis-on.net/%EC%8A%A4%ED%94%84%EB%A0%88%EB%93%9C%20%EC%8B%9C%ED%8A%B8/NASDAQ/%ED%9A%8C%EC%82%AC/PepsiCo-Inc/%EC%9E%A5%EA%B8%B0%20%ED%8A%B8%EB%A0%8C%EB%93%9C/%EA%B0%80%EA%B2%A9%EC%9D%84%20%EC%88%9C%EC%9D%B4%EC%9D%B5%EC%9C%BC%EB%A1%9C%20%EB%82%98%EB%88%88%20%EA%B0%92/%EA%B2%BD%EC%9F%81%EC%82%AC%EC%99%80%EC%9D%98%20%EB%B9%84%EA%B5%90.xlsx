--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -498,51 +498,51 @@
       </c>
       <c r="C4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="5">
         <v>46056</v>
       </c>
       <c r="B5" s="6">
         <v>27.010000000000002</v>
       </c>
       <c r="C5" s="6">
         <v>0.0</v>
       </c>
       <c r="D5" s="6">
         <v>0.0</v>
       </c>
       <c r="E5" s="6">
-        <v>0.0</v>
+        <v>25.079999999999998</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="5">
         <v>45692</v>
       </c>
       <c r="B6" s="6">
         <v>20.55</v>
       </c>
       <c r="C6" s="6">
         <v>28.34</v>
       </c>
       <c r="D6" s="6">
         <v>16.11</v>
       </c>
       <c r="E6" s="6">
         <v>32.020000000000003</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="5">
         <v>45331</v>
       </c>
       <c r="B7" s="6">
         <v>25.4</v>