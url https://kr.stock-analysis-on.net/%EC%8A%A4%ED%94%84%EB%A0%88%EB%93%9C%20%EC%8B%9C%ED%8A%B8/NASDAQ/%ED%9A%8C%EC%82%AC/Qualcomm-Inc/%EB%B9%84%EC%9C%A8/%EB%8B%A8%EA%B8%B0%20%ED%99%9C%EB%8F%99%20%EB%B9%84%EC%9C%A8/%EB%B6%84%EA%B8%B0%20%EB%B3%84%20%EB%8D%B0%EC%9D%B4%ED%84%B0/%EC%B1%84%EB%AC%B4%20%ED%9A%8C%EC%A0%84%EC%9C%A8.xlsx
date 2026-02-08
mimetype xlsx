--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1343,108 +1343,108 @@
       </c>
       <c r="R19" s="13">
         <v>5.94</v>
       </c>
       <c r="S19" s="13">
         <v>5.23</v>
       </c>
       <c r="T19" s="13">
         <v>5.03</v>
       </c>
       <c r="U19" s="13">
         <v>5.44</v>
       </c>
       <c r="V19" s="13">
         <v>5.65</v>
       </c>
     </row>
     <row r="20" spans="1:22">
       <c r="A20" s="12" t="s">
         <v>16</v>
       </c>
       <c r="B20" s="13">
         <v>0.0</v>
       </c>
       <c r="C20" s="13">
-        <v>0.0</v>
+        <v>10.050000000000001</v>
       </c>
       <c r="D20" s="13">
         <v>9.42</v>
       </c>
       <c r="E20" s="13">
         <v>7.94</v>
       </c>
       <c r="F20" s="13">
         <v>7.78</v>
       </c>
       <c r="G20" s="13">
         <v>7.98</v>
       </c>
       <c r="H20" s="13">
         <v>8.19</v>
       </c>
       <c r="I20" s="13">
         <v>7.62</v>
       </c>
       <c r="J20" s="13">
         <v>11.89</v>
       </c>
       <c r="K20" s="13">
         <v>8.1</v>
       </c>
       <c r="L20" s="13">
         <v>9.029999999999999</v>
       </c>
       <c r="M20" s="13">
         <v>6.87</v>
       </c>
       <c r="N20" s="13">
         <v>6.63</v>
       </c>
       <c r="O20" s="13">
         <v>7.35</v>
       </c>
       <c r="P20" s="13">
         <v>7.89</v>
       </c>
       <c r="Q20" s="13">
         <v>8.46</v>
       </c>
       <c r="R20" s="13">
         <v>9.27</v>
       </c>
       <c r="S20" s="13">
-        <v>9.14</v>
+        <v>0.0</v>
       </c>
       <c r="T20" s="13">
-        <v>9.93</v>
+        <v>0.0</v>
       </c>
       <c r="U20" s="13">
-        <v>9.86</v>
+        <v>0.0</v>
       </c>
       <c r="V20" s="13">
-        <v>9.6</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:22">
       <c r="A21" s="14" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="14"/>
       <c r="C21" s="14"/>
       <c r="D21" s="14"/>
       <c r="E21" s="14"/>
       <c r="F21" s="14"/>
       <c r="G21" s="14"/>
       <c r="H21" s="14"/>
       <c r="I21" s="14"/>
       <c r="J21" s="14"/>
       <c r="K21" s="14"/>
       <c r="L21" s="14"/>
       <c r="M21" s="14"/>
       <c r="N21" s="14"/>
       <c r="O21" s="14"/>
       <c r="P21" s="14"/>
       <c r="Q21" s="14"/>
       <c r="R21" s="14"/>
       <c r="S21" s="14"/>
       <c r="T21" s="14"/>