--- v0 (2026-02-08)
+++ v1 (2026-02-08)
@@ -591,3375 +591,2922 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T9"/>
+  <dimension ref="A1:Q9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T9" sqref="T9"/>
+      <selection activeCell="Q9" sqref="Q9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:20">
+    <row r="2" spans="1:17">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4"/>
       <c r="B5" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="5">
         <v>45930</v>
       </c>
-      <c r="C5" s="5">
+      <c r="D5" s="5">
         <v>45838</v>
       </c>
-      <c r="D5" s="5">
+      <c r="E5" s="5">
         <v>45747</v>
       </c>
-      <c r="E5" s="5">
+      <c r="F5" s="5">
         <v>45657</v>
       </c>
-      <c r="F5" s="5">
+      <c r="G5" s="5">
         <v>45565</v>
       </c>
-      <c r="G5" s="5">
+      <c r="H5" s="5">
         <v>45473</v>
       </c>
-      <c r="H5" s="5">
+      <c r="I5" s="5">
         <v>45382</v>
       </c>
-      <c r="I5" s="5">
+      <c r="J5" s="5">
         <v>45291</v>
       </c>
-      <c r="J5" s="5">
+      <c r="K5" s="5">
         <v>45199</v>
       </c>
-      <c r="K5" s="5">
+      <c r="L5" s="5">
         <v>45107</v>
       </c>
-      <c r="L5" s="5">
+      <c r="M5" s="5">
         <v>45016</v>
       </c>
-      <c r="M5" s="5">
+      <c r="N5" s="5">
         <v>44926</v>
       </c>
-      <c r="N5" s="5">
+      <c r="O5" s="5">
         <v>44834</v>
       </c>
-      <c r="O5" s="5">
+      <c r="P5" s="5">
         <v>44742</v>
       </c>
-      <c r="P5" s="5">
+      <c r="Q5" s="5">
         <v>44651</v>
       </c>
-      <c r="Q5" s="5">
-[...12 lines deleted...]
-    <row r="6" spans="1:20">
+    </row>
+    <row r="6" spans="1:17">
       <c r="A6" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="7">
+        <v>2.8</v>
+      </c>
+      <c r="C6" s="7">
         <v>2.85</v>
       </c>
-      <c r="C6" s="7">
+      <c r="D6" s="7">
         <v>2.94</v>
       </c>
-      <c r="D6" s="7">
+      <c r="E6" s="7">
         <v>3.0</v>
       </c>
-      <c r="E6" s="7">
+      <c r="F6" s="7">
         <v>3.09</v>
       </c>
-      <c r="F6" s="7">
+      <c r="G6" s="7">
         <v>3.12</v>
       </c>
-      <c r="G6" s="7">
+      <c r="H6" s="7">
         <v>3.13</v>
       </c>
-      <c r="H6" s="7">
+      <c r="I6" s="7">
         <v>3.1</v>
       </c>
-      <c r="I6" s="7">
+      <c r="J6" s="7">
         <v>3.16</v>
       </c>
-      <c r="J6" s="7">
+      <c r="K6" s="7">
         <v>3.27</v>
       </c>
-      <c r="K6" s="7">
+      <c r="L6" s="7">
         <v>3.23</v>
       </c>
-      <c r="L6" s="7">
+      <c r="M6" s="7">
         <v>3.19</v>
       </c>
-      <c r="M6" s="7">
+      <c r="N6" s="7">
         <v>3.23</v>
       </c>
-      <c r="N6" s="7">
+      <c r="O6" s="7">
         <v>3.7</v>
       </c>
-      <c r="O6" s="7">
+      <c r="P6" s="7">
         <v>3.91</v>
       </c>
-      <c r="P6" s="7">
+      <c r="Q6" s="7">
         <v>4.64</v>
       </c>
-      <c r="Q6" s="7">
-[...12 lines deleted...]
-    <row r="7" spans="1:20">
+    </row>
+    <row r="7" spans="1:17">
       <c r="A7" s="6" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="7">
         <v>0.35</v>
       </c>
       <c r="C7" s="7">
+        <v>0.35</v>
+      </c>
+      <c r="D7" s="7">
         <v>0.37</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.38</v>
       </c>
       <c r="E7" s="7">
         <v>0.38</v>
       </c>
       <c r="F7" s="7">
-        <v>0.37</v>
+        <v>0.38</v>
       </c>
       <c r="G7" s="7">
         <v>0.37</v>
       </c>
       <c r="H7" s="7">
+        <v>0.37</v>
+      </c>
+      <c r="I7" s="7">
         <v>0.38</v>
       </c>
-      <c r="I7" s="7">
+      <c r="J7" s="7">
         <v>0.4</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.41</v>
       </c>
       <c r="K7" s="7">
         <v>0.41</v>
       </c>
       <c r="L7" s="7">
         <v>0.41</v>
       </c>
       <c r="M7" s="7">
+        <v>0.41</v>
+      </c>
+      <c r="N7" s="7">
         <v>0.42</v>
       </c>
-      <c r="N7" s="7">
+      <c r="O7" s="7">
         <v>0.5</v>
       </c>
-      <c r="O7" s="7">
+      <c r="P7" s="7">
         <v>0.52</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.63</v>
       </c>
       <c r="Q7" s="7">
         <v>0.63</v>
       </c>
-      <c r="R7" s="7">
-[...9 lines deleted...]
-    <row r="8" spans="1:20">
+    </row>
+    <row r="8" spans="1:17">
       <c r="A8" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="7">
         <v>0.46</v>
       </c>
       <c r="C8" s="7">
+        <v>0.46</v>
+      </c>
+      <c r="D8" s="7">
         <v>0.47</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.48</v>
       </c>
       <c r="E8" s="7">
         <v>0.48</v>
       </c>
       <c r="F8" s="7">
+        <v>0.48</v>
+      </c>
+      <c r="G8" s="7">
         <v>0.47</v>
       </c>
-      <c r="G8" s="7">
+      <c r="H8" s="7">
         <v>0.48</v>
       </c>
-      <c r="H8" s="7">
+      <c r="I8" s="7">
         <v>0.49</v>
       </c>
-      <c r="I8" s="7">
+      <c r="J8" s="7">
         <v>0.51</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.53</v>
       </c>
       <c r="K8" s="7">
         <v>0.53</v>
       </c>
       <c r="L8" s="7">
         <v>0.53</v>
       </c>
       <c r="M8" s="7">
+        <v>0.53</v>
+      </c>
+      <c r="N8" s="7">
         <v>0.54</v>
       </c>
-      <c r="N8" s="7">
+      <c r="O8" s="7">
         <v>0.64</v>
       </c>
-      <c r="O8" s="7">
+      <c r="P8" s="7">
         <v>0.69</v>
       </c>
-      <c r="P8" s="7">
+      <c r="Q8" s="7">
         <v>0.83</v>
       </c>
-      <c r="Q8" s="7">
-[...12 lines deleted...]
-    <row r="9" spans="1:20">
+    </row>
+    <row r="9" spans="1:17">
       <c r="A9" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="8"/>
       <c r="C9" s="8"/>
       <c r="D9" s="8"/>
       <c r="E9" s="8"/>
       <c r="F9" s="8"/>
       <c r="G9" s="8"/>
       <c r="H9" s="8"/>
       <c r="I9" s="8"/>
       <c r="J9" s="8"/>
       <c r="K9" s="8"/>
       <c r="L9" s="8"/>
       <c r="M9" s="8"/>
       <c r="N9" s="8"/>
       <c r="O9" s="8"/>
       <c r="P9" s="8"/>
       <c r="Q9" s="8"/>
-      <c r="R9" s="8"/>
-[...1 lines deleted...]
-      <c r="T9" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T24"/>
+  <dimension ref="A1:Q24"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T24" sqref="T24"/>
+      <selection activeCell="Q24" sqref="Q24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:20">
+    <row r="2" spans="1:17">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4"/>
       <c r="B5" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="5">
         <v>45930</v>
       </c>
-      <c r="C5" s="5">
+      <c r="D5" s="5">
         <v>45838</v>
       </c>
-      <c r="D5" s="5">
+      <c r="E5" s="5">
         <v>45747</v>
       </c>
-      <c r="E5" s="5">
+      <c r="F5" s="5">
         <v>45657</v>
       </c>
-      <c r="F5" s="5">
+      <c r="G5" s="5">
         <v>45565</v>
       </c>
-      <c r="G5" s="5">
+      <c r="H5" s="5">
         <v>45473</v>
       </c>
-      <c r="H5" s="5">
+      <c r="I5" s="5">
         <v>45382</v>
       </c>
-      <c r="I5" s="5">
+      <c r="J5" s="5">
         <v>45291</v>
       </c>
-      <c r="J5" s="5">
+      <c r="K5" s="5">
         <v>45199</v>
       </c>
-      <c r="K5" s="5">
+      <c r="L5" s="5">
         <v>45107</v>
       </c>
-      <c r="L5" s="5">
+      <c r="M5" s="5">
         <v>45016</v>
       </c>
-      <c r="M5" s="5">
+      <c r="N5" s="5">
         <v>44926</v>
       </c>
-      <c r="N5" s="5">
+      <c r="O5" s="5">
         <v>44834</v>
       </c>
-      <c r="O5" s="5">
+      <c r="P5" s="5">
         <v>44742</v>
       </c>
-      <c r="P5" s="5">
+      <c r="Q5" s="5">
         <v>44651</v>
       </c>
-      <c r="Q5" s="5">
-[...12 lines deleted...]
-    <row r="6" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="6" spans="1:17" customHeight="1" ht="34.8">
       <c r="A6" s="9" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="11">
+        <v>3884300.0</v>
+      </c>
+      <c r="C7" s="11">
         <v>3754300.0</v>
       </c>
-      <c r="C7" s="11">
+      <c r="D7" s="11">
         <v>3675600.0</v>
       </c>
-      <c r="D7" s="11">
+      <c r="E7" s="11">
         <v>3028700.0</v>
       </c>
-      <c r="E7" s="11">
+      <c r="F7" s="11">
         <v>3789200.0</v>
       </c>
-      <c r="F7" s="11">
+      <c r="G7" s="11">
         <v>3720700.0</v>
       </c>
-      <c r="G7" s="11">
+      <c r="H7" s="11">
         <v>3547100.0</v>
       </c>
-      <c r="H7" s="11">
+      <c r="I7" s="11">
         <v>3145000.0</v>
       </c>
-      <c r="I7" s="11">
+      <c r="J7" s="11">
         <v>3434300.0</v>
       </c>
-      <c r="J7" s="11">
+      <c r="K7" s="11">
         <v>3362700.0</v>
       </c>
-      <c r="K7" s="11">
+      <c r="L7" s="11">
         <v>3158100.0</v>
       </c>
-      <c r="L7" s="11">
+      <c r="M7" s="11">
         <v>3162100.0</v>
       </c>
-      <c r="M7" s="11">
+      <c r="N7" s="11">
         <v>3414400.0</v>
       </c>
-      <c r="N7" s="11">
+      <c r="O7" s="11">
         <v>2936200.0</v>
       </c>
-      <c r="O7" s="11">
+      <c r="P7" s="11">
         <v>2857200.0</v>
       </c>
-      <c r="P7" s="11">
+      <c r="Q7" s="11">
         <v>2965100.0</v>
       </c>
-      <c r="Q7" s="11">
-[...12 lines deleted...]
-    <row r="8" spans="1:20">
+    </row>
+    <row r="8" spans="1:17">
       <c r="A8" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B8" s="11">
+        <v>5120400.0</v>
+      </c>
+      <c r="C8" s="11">
         <v>5002300.0</v>
       </c>
-      <c r="C8" s="11">
+      <c r="D8" s="11">
         <v>4840700.0</v>
       </c>
-      <c r="D8" s="11">
+      <c r="E8" s="11">
         <v>4694200.0</v>
       </c>
-      <c r="E8" s="11">
+      <c r="F8" s="11">
         <v>4599700.0</v>
       </c>
-      <c r="F8" s="11">
+      <c r="G8" s="11">
         <v>4439200.0</v>
       </c>
-      <c r="G8" s="11">
+      <c r="H8" s="11">
         <v>4305900.0</v>
       </c>
-      <c r="H8" s="11">
+      <c r="I8" s="11">
         <v>4225500.0</v>
       </c>
-      <c r="I8" s="11">
+      <c r="J8" s="11">
         <v>4146400.0</v>
       </c>
-      <c r="J8" s="11">
+      <c r="K8" s="11">
         <v>4006100.0</v>
       </c>
-      <c r="K8" s="11">
+      <c r="L8" s="11">
         <v>3922600.0</v>
       </c>
-      <c r="L8" s="11">
+      <c r="M8" s="11">
         <v>3880900.0</v>
       </c>
-      <c r="M8" s="11">
+      <c r="N8" s="11">
         <v>3763000.0</v>
       </c>
-      <c r="N8" s="11">
+      <c r="O8" s="11">
         <v>3704200.0</v>
       </c>
-      <c r="O8" s="11">
+      <c r="P8" s="11">
         <v>3637700.0</v>
       </c>
-      <c r="P8" s="11">
+      <c r="Q8" s="11">
         <v>3556400.0</v>
       </c>
-      <c r="Q8" s="11">
-[...12 lines deleted...]
-    <row r="9" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="9" spans="1:17" customHeight="1" ht="34.8">
       <c r="A9" s="9" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="10" spans="1:20">
+    <row r="10" spans="1:17">
       <c r="A10" s="12" t="s">
         <v>3</v>
       </c>
       <c r="B10" s="13">
+        <v>2.8</v>
+      </c>
+      <c r="C10" s="13">
         <v>2.85</v>
       </c>
-      <c r="C10" s="13">
+      <c r="D10" s="13">
         <v>2.94</v>
       </c>
-      <c r="D10" s="13">
+      <c r="E10" s="13">
         <v>3.0</v>
       </c>
-      <c r="E10" s="13">
+      <c r="F10" s="13">
         <v>3.09</v>
       </c>
-      <c r="F10" s="13">
+      <c r="G10" s="13">
         <v>3.12</v>
       </c>
-      <c r="G10" s="13">
+      <c r="H10" s="13">
         <v>3.13</v>
       </c>
-      <c r="H10" s="13">
+      <c r="I10" s="13">
         <v>3.1</v>
       </c>
-      <c r="I10" s="13">
+      <c r="J10" s="13">
         <v>3.16</v>
       </c>
-      <c r="J10" s="13">
+      <c r="K10" s="13">
         <v>3.27</v>
       </c>
-      <c r="K10" s="13">
+      <c r="L10" s="13">
         <v>3.23</v>
       </c>
-      <c r="L10" s="13">
+      <c r="M10" s="13">
         <v>3.19</v>
       </c>
-      <c r="M10" s="13">
+      <c r="N10" s="13">
         <v>3.23</v>
       </c>
-      <c r="N10" s="13">
+      <c r="O10" s="13">
         <v>3.7</v>
       </c>
-      <c r="O10" s="13">
+      <c r="P10" s="13">
         <v>3.91</v>
       </c>
-      <c r="P10" s="13">
+      <c r="Q10" s="13">
         <v>4.64</v>
       </c>
-      <c r="Q10" s="13">
-[...12 lines deleted...]
-    <row r="11" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
       <c r="A11" s="9" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="12" spans="1:20" customHeight="1" ht="28.8">
+    <row r="12" spans="1:17" customHeight="1" ht="28.8">
       <c r="A12" s="14" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="13" spans="1:20">
+    <row r="13" spans="1:17">
       <c r="A13" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C13" s="7">
         <v>10.88</v>
       </c>
-      <c r="C13" s="7">
+      <c r="D13" s="7">
         <v>11.039999999999999</v>
       </c>
-      <c r="D13" s="7">
+      <c r="E13" s="7">
         <v>10.95</v>
       </c>
-      <c r="E13" s="7">
+      <c r="F13" s="7">
         <v>10.97</v>
       </c>
-      <c r="F13" s="7">
+      <c r="G13" s="7">
         <v>10.8</v>
       </c>
-      <c r="G13" s="7">
+      <c r="H13" s="7">
         <v>10.95</v>
       </c>
-      <c r="H13" s="7">
+      <c r="I13" s="7">
         <v>10.92</v>
       </c>
-      <c r="I13" s="7">
+      <c r="J13" s="7">
         <v>10.89</v>
       </c>
-      <c r="J13" s="7">
+      <c r="K13" s="7">
         <v>11.18</v>
       </c>
-      <c r="K13" s="7">
+      <c r="L13" s="7">
         <v>11.33</v>
       </c>
-      <c r="L13" s="7">
+      <c r="M13" s="7">
         <v>11.51</v>
       </c>
-      <c r="M13" s="7">
+      <c r="N13" s="7">
         <v>11.76</v>
       </c>
-      <c r="N13" s="7">
+      <c r="O13" s="7">
         <v>11.82</v>
       </c>
-      <c r="O13" s="7">
+      <c r="P13" s="7">
         <v>11.57</v>
       </c>
-      <c r="P13" s="7">
+      <c r="Q13" s="7">
         <v>11.18</v>
       </c>
-      <c r="Q13" s="7">
-[...12 lines deleted...]
-    <row r="14" spans="1:20">
+    </row>
+    <row r="14" spans="1:17">
       <c r="A14" s="15" t="s">
         <v>13</v>
       </c>
       <c r="B14" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C14" s="7">
         <v>4.78</v>
       </c>
-      <c r="C14" s="7">
+      <c r="D14" s="7">
         <v>4.89</v>
       </c>
-      <c r="D14" s="7">
+      <c r="E14" s="7">
         <v>4.91</v>
       </c>
-      <c r="E14" s="7">
+      <c r="F14" s="7">
         <v>4.89</v>
       </c>
-      <c r="F14" s="7">
+      <c r="G14" s="7">
         <v>5.06</v>
       </c>
-      <c r="G14" s="7">
+      <c r="H14" s="7">
         <v>4.85</v>
       </c>
-      <c r="H14" s="7">
+      <c r="I14" s="7">
         <v>4.7</v>
       </c>
-      <c r="I14" s="7">
+      <c r="J14" s="7">
         <v>4.53</v>
       </c>
-      <c r="J14" s="7">
+      <c r="K14" s="7">
         <v>4.61</v>
       </c>
-      <c r="K14" s="7">
+      <c r="L14" s="7">
         <v>4.58</v>
       </c>
-      <c r="L14" s="7">
+      <c r="M14" s="7">
         <v>4.56</v>
       </c>
-      <c r="M14" s="7">
+      <c r="N14" s="7">
         <v>4.57</v>
       </c>
-      <c r="N14" s="7">
+      <c r="O14" s="7">
         <v>4.73</v>
       </c>
-      <c r="O14" s="7">
+      <c r="P14" s="7">
         <v>4.77</v>
       </c>
-      <c r="P14" s="7">
+      <c r="Q14" s="7">
         <v>4.75</v>
       </c>
-      <c r="Q14" s="7">
-[...12 lines deleted...]
-    <row r="15" spans="1:20">
+    </row>
+    <row r="15" spans="1:17">
       <c r="A15" s="15" t="s">
         <v>14</v>
       </c>
       <c r="B15" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C15" s="7">
         <v>6.54</v>
       </c>
-      <c r="C15" s="7">
+      <c r="D15" s="7">
         <v>6.47</v>
       </c>
-      <c r="D15" s="7">
+      <c r="E15" s="7">
         <v>6.6</v>
       </c>
-      <c r="E15" s="7">
+      <c r="F15" s="7">
         <v>6.77</v>
       </c>
-      <c r="F15" s="7">
+      <c r="G15" s="7">
         <v>6.87</v>
       </c>
-      <c r="G15" s="7">
+      <c r="H15" s="7">
         <v>6.79</v>
       </c>
-      <c r="H15" s="7">
+      <c r="I15" s="7">
         <v>6.75</v>
       </c>
-      <c r="I15" s="7">
+      <c r="J15" s="7">
         <v>6.77</v>
       </c>
-      <c r="J15" s="7">
+      <c r="K15" s="7">
         <v>6.93</v>
       </c>
-      <c r="K15" s="7">
+      <c r="L15" s="7">
         <v>7.11</v>
       </c>
-      <c r="L15" s="7">
+      <c r="M15" s="7">
         <v>7.3</v>
       </c>
-      <c r="M15" s="7">
+      <c r="N15" s="7">
         <v>7.38</v>
       </c>
-      <c r="N15" s="7">
+      <c r="O15" s="7">
         <v>7.74</v>
       </c>
-      <c r="O15" s="7">
+      <c r="P15" s="7">
         <v>7.9</v>
       </c>
-      <c r="P15" s="7">
+      <c r="Q15" s="7">
         <v>7.77</v>
       </c>
-      <c r="Q15" s="7">
-[...12 lines deleted...]
-    <row r="16" spans="1:20">
+    </row>
+    <row r="16" spans="1:17">
       <c r="A16" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B16" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C16" s="7">
         <v>4.51</v>
       </c>
-      <c r="C16" s="7">
+      <c r="D16" s="7">
         <v>4.52</v>
       </c>
-      <c r="D16" s="7">
+      <c r="E16" s="7">
         <v>4.66</v>
       </c>
-      <c r="E16" s="7">
+      <c r="F16" s="7">
         <v>4.78</v>
       </c>
-      <c r="F16" s="7">
+      <c r="G16" s="7">
         <v>4.9</v>
       </c>
-      <c r="G16" s="7">
+      <c r="H16" s="7">
         <v>5.08</v>
       </c>
-      <c r="H16" s="7">
+      <c r="I16" s="7">
         <v>5.2</v>
       </c>
-      <c r="I16" s="7">
+      <c r="J16" s="7">
         <v>5.25</v>
       </c>
-      <c r="J16" s="7">
+      <c r="K16" s="7">
         <v>6.0099999999999998</v>
       </c>
-      <c r="K16" s="7">
+      <c r="L16" s="7">
         <v>6.68</v>
       </c>
-      <c r="L16" s="7">
+      <c r="M16" s="7">
         <v>7.31</v>
       </c>
-      <c r="M16" s="7">
+      <c r="N16" s="7">
         <v>7.96</v>
       </c>
-      <c r="N16" s="7">
+      <c r="O16" s="7">
         <v>8.4</v>
       </c>
-      <c r="O16" s="7">
+      <c r="P16" s="7">
         <v>8.12</v>
       </c>
-      <c r="P16" s="7">
+      <c r="Q16" s="7">
         <v>7.94</v>
       </c>
-      <c r="Q16" s="7">
-[...12 lines deleted...]
-    <row r="17" spans="1:20">
+    </row>
+    <row r="17" spans="1:17">
       <c r="A17" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B17" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="7">
         <v>2.66</v>
       </c>
-      <c r="C17" s="7">
+      <c r="D17" s="7">
         <v>2.59</v>
       </c>
-      <c r="D17" s="7">
+      <c r="E17" s="7">
         <v>2.65</v>
       </c>
-      <c r="E17" s="7">
+      <c r="F17" s="7">
         <v>2.63</v>
       </c>
-      <c r="F17" s="7">
+      <c r="G17" s="7">
         <v>2.53</v>
       </c>
-      <c r="G17" s="7">
+      <c r="H17" s="7">
         <v>2.62</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.64</v>
       </c>
       <c r="I17" s="7">
         <v>2.64</v>
       </c>
       <c r="J17" s="7">
+        <v>2.64</v>
+      </c>
+      <c r="K17" s="7">
         <v>2.7</v>
       </c>
-      <c r="K17" s="7">
+      <c r="L17" s="7">
         <v>2.62</v>
       </c>
-      <c r="L17" s="7">
+      <c r="M17" s="7">
         <v>2.63</v>
       </c>
-      <c r="M17" s="7">
+      <c r="N17" s="7">
         <v>2.81</v>
       </c>
-      <c r="N17" s="7">
+      <c r="O17" s="7">
         <v>3.14</v>
       </c>
-      <c r="O17" s="7">
+      <c r="P17" s="7">
         <v>3.18</v>
       </c>
-      <c r="P17" s="7">
+      <c r="Q17" s="7">
         <v>3.22</v>
       </c>
-      <c r="Q17" s="7">
-[...12 lines deleted...]
-    <row r="18" spans="1:20">
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C18" s="7">
         <v>5.19</v>
       </c>
-      <c r="C18" s="7">
+      <c r="D18" s="7">
         <v>5.26</v>
       </c>
-      <c r="D18" s="7">
+      <c r="E18" s="7">
         <v>5.27</v>
       </c>
-      <c r="E18" s="7">
+      <c r="F18" s="7">
         <v>5.28</v>
       </c>
-      <c r="F18" s="7">
+      <c r="G18" s="7">
         <v>5.22</v>
       </c>
-      <c r="G18" s="7">
+      <c r="H18" s="7">
         <v>5.17</v>
       </c>
-      <c r="H18" s="7">
+      <c r="I18" s="7">
         <v>5.13</v>
       </c>
-      <c r="I18" s="7">
+      <c r="J18" s="7">
         <v>5.07</v>
       </c>
-      <c r="J18" s="7">
+      <c r="K18" s="7">
         <v>4.88</v>
       </c>
-      <c r="K18" s="7">
+      <c r="L18" s="7">
         <v>4.91</v>
       </c>
-      <c r="L18" s="7">
+      <c r="M18" s="7">
         <v>4.88</v>
       </c>
-      <c r="M18" s="7">
+      <c r="N18" s="7">
         <v>4.93</v>
       </c>
-      <c r="N18" s="7">
+      <c r="O18" s="7">
         <v>5.0099999999999998</v>
       </c>
-      <c r="O18" s="7">
+      <c r="P18" s="7">
         <v>5.13</v>
       </c>
-      <c r="P18" s="7">
+      <c r="Q18" s="7">
         <v>5.18</v>
       </c>
-      <c r="Q18" s="7">
-[...12 lines deleted...]
-    <row r="19" spans="1:20">
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B19" s="7">
-        <v>4.13</v>
+        <v>0.0</v>
       </c>
       <c r="C19" s="7">
         <v>4.13</v>
       </c>
       <c r="D19" s="7">
+        <v>4.13</v>
+      </c>
+      <c r="E19" s="7">
         <v>4.28</v>
       </c>
-      <c r="E19" s="7">
+      <c r="F19" s="7">
         <v>4.33</v>
       </c>
-      <c r="F19" s="7">
+      <c r="G19" s="7">
         <v>4.28</v>
       </c>
-      <c r="G19" s="7">
+      <c r="H19" s="7">
         <v>4.38</v>
       </c>
-      <c r="H19" s="7">
+      <c r="I19" s="7">
         <v>4.36</v>
       </c>
-      <c r="I19" s="7">
+      <c r="J19" s="7">
         <v>4.28</v>
       </c>
-      <c r="J19" s="7">
+      <c r="K19" s="7">
         <v>4.65</v>
       </c>
-      <c r="K19" s="7">
+      <c r="L19" s="7">
         <v>4.37</v>
       </c>
-      <c r="L19" s="7">
+      <c r="M19" s="7">
         <v>4.58</v>
       </c>
-      <c r="M19" s="7">
+      <c r="N19" s="7">
         <v>4.79</v>
       </c>
-      <c r="N19" s="7">
+      <c r="O19" s="7">
         <v>5.29</v>
       </c>
-      <c r="O19" s="7">
+      <c r="P19" s="7">
         <v>5.21</v>
       </c>
-      <c r="P19" s="7">
+      <c r="Q19" s="7">
         <v>5.07</v>
       </c>
-      <c r="Q19" s="7">
-[...12 lines deleted...]
-    <row r="20" spans="1:20">
+    </row>
+    <row r="20" spans="1:17">
       <c r="A20" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B20" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C20" s="7">
         <v>2.51</v>
       </c>
-      <c r="C20" s="7">
+      <c r="D20" s="7">
         <v>2.52</v>
       </c>
-      <c r="D20" s="7">
+      <c r="E20" s="7">
         <v>2.58</v>
       </c>
-      <c r="E20" s="7">
+      <c r="F20" s="7">
         <v>2.7</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.69</v>
       </c>
       <c r="G20" s="7">
         <v>2.69</v>
       </c>
       <c r="H20" s="7">
+        <v>2.69</v>
+      </c>
+      <c r="I20" s="7">
         <v>2.66</v>
       </c>
-      <c r="I20" s="7">
+      <c r="J20" s="7">
         <v>2.61</v>
       </c>
-      <c r="J20" s="7">
+      <c r="K20" s="7">
         <v>2.63</v>
       </c>
-      <c r="K20" s="7">
+      <c r="L20" s="7">
         <v>2.62</v>
       </c>
-      <c r="L20" s="7">
+      <c r="M20" s="7">
         <v>2.66</v>
       </c>
-      <c r="M20" s="7">
+      <c r="N20" s="7">
         <v>2.77</v>
       </c>
-      <c r="N20" s="7">
+      <c r="O20" s="7">
         <v>2.89</v>
       </c>
-      <c r="O20" s="7">
+      <c r="P20" s="7">
         <v>2.85</v>
       </c>
-      <c r="P20" s="7">
+      <c r="Q20" s="7">
         <v>2.73</v>
       </c>
-      <c r="Q20" s="7">
-[...12 lines deleted...]
-    <row r="21" spans="1:20">
+    </row>
+    <row r="21" spans="1:17">
       <c r="A21" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B21" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C21" s="7">
         <v>3.33</v>
-      </c>
-[...1 lines deleted...]
-        <v>3.4</v>
       </c>
       <c r="D21" s="7">
         <v>3.4</v>
       </c>
       <c r="E21" s="7">
+        <v>3.4</v>
+      </c>
+      <c r="F21" s="7">
         <v>3.46</v>
       </c>
-      <c r="F21" s="7">
+      <c r="G21" s="7">
         <v>3.26</v>
       </c>
-      <c r="G21" s="7">
+      <c r="H21" s="7">
         <v>2.97</v>
       </c>
-      <c r="H21" s="7">
+      <c r="I21" s="7">
         <v>2.98</v>
       </c>
-      <c r="I21" s="7">
+      <c r="J21" s="7">
         <v>3.14</v>
       </c>
-      <c r="J21" s="7">
+      <c r="K21" s="7">
         <v>3.88</v>
       </c>
-      <c r="K21" s="7">
+      <c r="L21" s="7">
         <v>4.48</v>
       </c>
-      <c r="L21" s="7">
+      <c r="M21" s="7">
         <v>5.46</v>
       </c>
-      <c r="M21" s="7">
+      <c r="N21" s="7">
         <v>6.17</v>
       </c>
-      <c r="N21" s="7">
+      <c r="O21" s="7">
         <v>6.47</v>
       </c>
-      <c r="O21" s="7">
+      <c r="P21" s="7">
         <v>6.64</v>
       </c>
-      <c r="P21" s="7">
+      <c r="Q21" s="7">
         <v>6.12</v>
       </c>
-      <c r="Q21" s="7">
-[...12 lines deleted...]
-    <row r="22" spans="1:20">
+    </row>
+    <row r="22" spans="1:17">
       <c r="A22" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C22" s="7">
         <v>4.3</v>
       </c>
-      <c r="C22" s="7">
+      <c r="D22" s="7">
         <v>4.48</v>
       </c>
-      <c r="D22" s="7">
+      <c r="E22" s="7">
         <v>4.6</v>
       </c>
-      <c r="E22" s="7">
+      <c r="F22" s="7">
         <v>4.61</v>
       </c>
-      <c r="F22" s="7">
+      <c r="G22" s="7">
         <v>4.5</v>
-      </c>
-[...1 lines deleted...]
-        <v>4.56</v>
       </c>
       <c r="H22" s="7">
         <v>4.56</v>
       </c>
       <c r="I22" s="7">
+        <v>4.56</v>
+      </c>
+      <c r="J22" s="7">
         <v>4.54</v>
       </c>
-      <c r="J22" s="7">
+      <c r="K22" s="7">
         <v>4.74</v>
-      </c>
-[...1 lines deleted...]
-        <v>4.68</v>
       </c>
       <c r="L22" s="7">
         <v>4.68</v>
       </c>
       <c r="M22" s="7">
+        <v>4.68</v>
+      </c>
+      <c r="N22" s="7">
         <v>4.84</v>
       </c>
-      <c r="N22" s="7">
+      <c r="O22" s="7">
         <v>5.12</v>
       </c>
-      <c r="O22" s="7">
+      <c r="P22" s="7">
         <v>5.02</v>
       </c>
-      <c r="P22" s="7">
+      <c r="Q22" s="7">
         <v>4.87</v>
       </c>
-      <c r="Q22" s="7">
-[...12 lines deleted...]
-    <row r="23" spans="1:20">
+    </row>
+    <row r="23" spans="1:17">
       <c r="A23" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B23" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C23" s="7">
         <v>8.23</v>
       </c>
-      <c r="C23" s="7">
+      <c r="D23" s="7">
         <v>8.55</v>
       </c>
-      <c r="D23" s="7">
+      <c r="E23" s="7">
         <v>8.57</v>
       </c>
-      <c r="E23" s="7">
+      <c r="F23" s="7">
         <v>8.98</v>
       </c>
-      <c r="F23" s="7">
+      <c r="G23" s="7">
         <v>9.51</v>
       </c>
-      <c r="G23" s="7">
+      <c r="H23" s="7">
         <v>8.61</v>
       </c>
-      <c r="H23" s="7">
+      <c r="I23" s="7">
         <v>8.68</v>
       </c>
-      <c r="I23" s="7">
+      <c r="J23" s="7">
         <v>8.51</v>
       </c>
-      <c r="J23" s="7">
+      <c r="K23" s="7">
         <v>8.59</v>
       </c>
-      <c r="K23" s="7">
+      <c r="L23" s="7">
         <v>8.47</v>
       </c>
-      <c r="L23" s="7">
+      <c r="M23" s="7">
         <v>8.28</v>
       </c>
-      <c r="M23" s="7">
+      <c r="N23" s="7">
         <v>8.06</v>
       </c>
-      <c r="N23" s="7">
+      <c r="O23" s="7">
         <v>7.78</v>
       </c>
-      <c r="O23" s="7">
+      <c r="P23" s="7">
         <v>7.59</v>
       </c>
-      <c r="P23" s="7">
+      <c r="Q23" s="7">
         <v>7.18</v>
       </c>
-      <c r="Q23" s="7">
-[...12 lines deleted...]
-    <row r="24" spans="1:20">
+    </row>
+    <row r="24" spans="1:17">
       <c r="A24" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B24" s="8"/>
       <c r="C24" s="8"/>
       <c r="D24" s="8"/>
       <c r="E24" s="8"/>
       <c r="F24" s="8"/>
       <c r="G24" s="8"/>
       <c r="H24" s="8"/>
       <c r="I24" s="8"/>
       <c r="J24" s="8"/>
       <c r="K24" s="8"/>
       <c r="L24" s="8"/>
       <c r="M24" s="8"/>
       <c r="N24" s="8"/>
       <c r="O24" s="8"/>
       <c r="P24" s="8"/>
       <c r="Q24" s="8"/>
-      <c r="R24" s="8"/>
-[...1 lines deleted...]
-      <c r="T24" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T24"/>
+  <dimension ref="A1:Q24"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T24" sqref="T24"/>
+      <selection activeCell="Q24" sqref="Q24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:20">
+    <row r="2" spans="1:17">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4"/>
       <c r="B5" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="5">
         <v>45930</v>
       </c>
-      <c r="C5" s="5">
+      <c r="D5" s="5">
         <v>45838</v>
       </c>
-      <c r="D5" s="5">
+      <c r="E5" s="5">
         <v>45747</v>
       </c>
-      <c r="E5" s="5">
+      <c r="F5" s="5">
         <v>45657</v>
       </c>
-      <c r="F5" s="5">
+      <c r="G5" s="5">
         <v>45565</v>
       </c>
-      <c r="G5" s="5">
+      <c r="H5" s="5">
         <v>45473</v>
       </c>
-      <c r="H5" s="5">
+      <c r="I5" s="5">
         <v>45382</v>
       </c>
-      <c r="I5" s="5">
+      <c r="J5" s="5">
         <v>45291</v>
       </c>
-      <c r="J5" s="5">
+      <c r="K5" s="5">
         <v>45199</v>
       </c>
-      <c r="K5" s="5">
+      <c r="L5" s="5">
         <v>45107</v>
       </c>
-      <c r="L5" s="5">
+      <c r="M5" s="5">
         <v>45016</v>
       </c>
-      <c r="M5" s="5">
+      <c r="N5" s="5">
         <v>44926</v>
       </c>
-      <c r="N5" s="5">
+      <c r="O5" s="5">
         <v>44834</v>
       </c>
-      <c r="O5" s="5">
+      <c r="P5" s="5">
         <v>44742</v>
       </c>
-      <c r="P5" s="5">
+      <c r="Q5" s="5">
         <v>44651</v>
       </c>
-      <c r="Q5" s="5">
-[...12 lines deleted...]
-    <row r="6" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="6" spans="1:17" customHeight="1" ht="34.8">
       <c r="A6" s="9" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="11">
+        <v>3884300.0</v>
+      </c>
+      <c r="C7" s="11">
         <v>3754300.0</v>
       </c>
-      <c r="C7" s="11">
+      <c r="D7" s="11">
         <v>3675600.0</v>
       </c>
-      <c r="D7" s="11">
+      <c r="E7" s="11">
         <v>3028700.0</v>
       </c>
-      <c r="E7" s="11">
+      <c r="F7" s="11">
         <v>3789200.0</v>
       </c>
-      <c r="F7" s="11">
+      <c r="G7" s="11">
         <v>3720700.0</v>
       </c>
-      <c r="G7" s="11">
+      <c r="H7" s="11">
         <v>3547100.0</v>
       </c>
-      <c r="H7" s="11">
+      <c r="I7" s="11">
         <v>3145000.0</v>
       </c>
-      <c r="I7" s="11">
+      <c r="J7" s="11">
         <v>3434300.0</v>
       </c>
-      <c r="J7" s="11">
+      <c r="K7" s="11">
         <v>3362700.0</v>
       </c>
-      <c r="K7" s="11">
+      <c r="L7" s="11">
         <v>3158100.0</v>
       </c>
-      <c r="L7" s="11">
+      <c r="M7" s="11">
         <v>3162100.0</v>
       </c>
-      <c r="M7" s="11">
+      <c r="N7" s="11">
         <v>3414400.0</v>
       </c>
-      <c r="N7" s="11">
+      <c r="O7" s="11">
         <v>2936200.0</v>
       </c>
-      <c r="O7" s="11">
+      <c r="P7" s="11">
         <v>2857200.0</v>
       </c>
-      <c r="P7" s="11">
+      <c r="Q7" s="11">
         <v>2965100.0</v>
       </c>
-      <c r="Q7" s="11">
-[...12 lines deleted...]
-    <row r="8" spans="1:20">
+    </row>
+    <row r="8" spans="1:17">
       <c r="A8" s="10" t="s">
         <v>23</v>
       </c>
       <c r="B8" s="11">
+        <v>40558700.0</v>
+      </c>
+      <c r="C8" s="11">
         <v>40169400.0</v>
       </c>
-      <c r="C8" s="11">
+      <c r="D8" s="11">
         <v>38219200.0</v>
       </c>
-      <c r="D8" s="11">
+      <c r="E8" s="11">
         <v>37545200.0</v>
       </c>
-      <c r="E8" s="11">
+      <c r="F8" s="11">
         <v>37759400.0</v>
       </c>
-      <c r="F8" s="11">
+      <c r="G8" s="11">
         <v>37441900.0</v>
       </c>
-      <c r="G8" s="11">
+      <c r="H8" s="11">
         <v>36086800.0</v>
       </c>
-      <c r="H8" s="11">
+      <c r="I8" s="11">
         <v>34369600.0</v>
       </c>
-      <c r="I8" s="11">
+      <c r="J8" s="11">
         <v>33080200.0</v>
       </c>
-      <c r="J8" s="11">
+      <c r="K8" s="11">
         <v>32163300.0</v>
       </c>
-      <c r="K8" s="11">
+      <c r="L8" s="11">
         <v>30657500.0</v>
       </c>
-      <c r="L8" s="11">
+      <c r="M8" s="11">
         <v>30059900.0</v>
       </c>
-      <c r="M8" s="11">
+      <c r="N8" s="11">
         <v>29214500.0</v>
       </c>
-      <c r="N8" s="11">
+      <c r="O8" s="11">
         <v>27677800.0</v>
       </c>
-      <c r="O8" s="11">
+      <c r="P8" s="11">
         <v>27205800.0</v>
       </c>
-      <c r="P8" s="11">
+      <c r="Q8" s="11">
         <v>26348700.0</v>
       </c>
-      <c r="Q8" s="11">
-[...12 lines deleted...]
-    <row r="9" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="9" spans="1:17" customHeight="1" ht="34.8">
       <c r="A9" s="9" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="10" spans="1:20">
+    <row r="10" spans="1:17">
       <c r="A10" s="12" t="s">
         <v>4</v>
       </c>
       <c r="B10" s="13">
         <v>0.35</v>
       </c>
       <c r="C10" s="13">
+        <v>0.35</v>
+      </c>
+      <c r="D10" s="13">
         <v>0.37</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.38</v>
       </c>
       <c r="E10" s="13">
         <v>0.38</v>
       </c>
       <c r="F10" s="13">
-        <v>0.37</v>
+        <v>0.38</v>
       </c>
       <c r="G10" s="13">
         <v>0.37</v>
       </c>
       <c r="H10" s="13">
+        <v>0.37</v>
+      </c>
+      <c r="I10" s="13">
         <v>0.38</v>
       </c>
-      <c r="I10" s="13">
+      <c r="J10" s="13">
         <v>0.4</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.41</v>
       </c>
       <c r="K10" s="13">
         <v>0.41</v>
       </c>
       <c r="L10" s="13">
         <v>0.41</v>
       </c>
       <c r="M10" s="13">
+        <v>0.41</v>
+      </c>
+      <c r="N10" s="13">
         <v>0.42</v>
       </c>
-      <c r="N10" s="13">
+      <c r="O10" s="13">
         <v>0.5</v>
       </c>
-      <c r="O10" s="13">
+      <c r="P10" s="13">
         <v>0.52</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.63</v>
       </c>
       <c r="Q10" s="13">
         <v>0.63</v>
       </c>
-      <c r="R10" s="13">
-[...9 lines deleted...]
-    <row r="11" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
       <c r="A11" s="9" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="12" spans="1:20" customHeight="1" ht="28.8">
+    <row r="12" spans="1:17" customHeight="1" ht="28.8">
       <c r="A12" s="14" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="13" spans="1:20">
+    <row r="13" spans="1:17">
       <c r="A13" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C13" s="7">
         <v>0.45</v>
       </c>
-      <c r="C13" s="7">
+      <c r="D13" s="7">
         <v>0.43</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.42</v>
       </c>
       <c r="E13" s="7">
         <v>0.42</v>
       </c>
       <c r="F13" s="7">
-        <v>0.39</v>
+        <v>0.42</v>
       </c>
       <c r="G13" s="7">
         <v>0.39</v>
       </c>
       <c r="H13" s="7">
+        <v>0.39</v>
+      </c>
+      <c r="I13" s="7">
         <v>0.37</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.4</v>
       </c>
       <c r="J13" s="7">
         <v>0.4</v>
       </c>
       <c r="K13" s="7">
+        <v>0.4</v>
+      </c>
+      <c r="L13" s="7">
         <v>0.41</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.42</v>
       </c>
       <c r="M13" s="7">
         <v>0.42</v>
       </c>
       <c r="N13" s="7">
+        <v>0.42</v>
+      </c>
+      <c r="O13" s="7">
         <v>0.41</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.4</v>
       </c>
       <c r="P13" s="7">
         <v>0.4</v>
       </c>
       <c r="Q13" s="7">
-        <v>0.38</v>
-[...11 lines deleted...]
-    <row r="14" spans="1:20">
+        <v>0.4</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17">
       <c r="A14" s="15" t="s">
         <v>13</v>
       </c>
       <c r="B14" s="7">
-        <v>0.38</v>
+        <v>0.0</v>
       </c>
       <c r="C14" s="7">
         <v>0.38</v>
       </c>
       <c r="D14" s="7">
+        <v>0.38</v>
+      </c>
+      <c r="E14" s="7">
         <v>0.37</v>
       </c>
-      <c r="E14" s="7">
+      <c r="F14" s="7">
         <v>0.35</v>
       </c>
-      <c r="F14" s="7">
+      <c r="G14" s="7">
         <v>0.34</v>
       </c>
-      <c r="G14" s="7">
+      <c r="H14" s="7">
         <v>0.32</v>
       </c>
-      <c r="H14" s="7">
+      <c r="I14" s="7">
         <v>0.3</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.28</v>
       </c>
       <c r="J14" s="7">
         <v>0.28</v>
       </c>
       <c r="K14" s="7">
         <v>0.28</v>
       </c>
       <c r="L14" s="7">
         <v>0.28</v>
       </c>
       <c r="M14" s="7">
-        <v>0.38</v>
+        <v>0.28</v>
       </c>
       <c r="N14" s="7">
         <v>0.38</v>
       </c>
       <c r="O14" s="7">
-        <v>0.41</v>
+        <v>0.38</v>
       </c>
       <c r="P14" s="7">
         <v>0.41</v>
       </c>
       <c r="Q14" s="7">
-        <v>0.4</v>
-[...11 lines deleted...]
-    <row r="15" spans="1:20">
+        <v>0.41</v>
+      </c>
+    </row>
+    <row r="15" spans="1:17">
       <c r="A15" s="15" t="s">
         <v>14</v>
       </c>
       <c r="B15" s="7">
-        <v>0.5</v>
+        <v>0.0</v>
       </c>
       <c r="C15" s="7">
         <v>0.5</v>
       </c>
       <c r="D15" s="7">
-        <v>0.52</v>
+        <v>0.5</v>
       </c>
       <c r="E15" s="7">
         <v>0.52</v>
       </c>
       <c r="F15" s="7">
+        <v>0.52</v>
+      </c>
+      <c r="G15" s="7">
         <v>0.51</v>
       </c>
-      <c r="G15" s="7">
+      <c r="H15" s="7">
         <v>0.49</v>
       </c>
-      <c r="H15" s="7">
+      <c r="I15" s="7">
         <v>0.46</v>
       </c>
-      <c r="I15" s="7">
+      <c r="J15" s="7">
         <v>0.47</v>
       </c>
-      <c r="J15" s="7">
+      <c r="K15" s="7">
         <v>0.49</v>
       </c>
-      <c r="K15" s="7">
+      <c r="L15" s="7">
         <v>0.48</v>
       </c>
-      <c r="L15" s="7">
+      <c r="M15" s="7">
         <v>0.49</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.48</v>
       </c>
       <c r="N15" s="7">
         <v>0.48</v>
       </c>
       <c r="O15" s="7">
+        <v>0.48</v>
+      </c>
+      <c r="P15" s="7">
         <v>0.47</v>
       </c>
-      <c r="P15" s="7">
+      <c r="Q15" s="7">
         <v>0.46</v>
       </c>
-      <c r="Q15" s="7">
-[...12 lines deleted...]
-    <row r="16" spans="1:20">
+    </row>
+    <row r="16" spans="1:17">
       <c r="A16" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B16" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C16" s="7">
         <v>0.3</v>
       </c>
-      <c r="C16" s="7">
+      <c r="D16" s="7">
         <v>0.29</v>
       </c>
-      <c r="D16" s="7">
+      <c r="E16" s="7">
         <v>0.3</v>
       </c>
-      <c r="E16" s="7">
+      <c r="F16" s="7">
         <v>0.31</v>
       </c>
-      <c r="F16" s="7">
+      <c r="G16" s="7">
         <v>0.29</v>
       </c>
-      <c r="G16" s="7">
+      <c r="H16" s="7">
         <v>0.3</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.28</v>
       </c>
       <c r="I16" s="7">
         <v>0.28</v>
       </c>
       <c r="J16" s="7">
+        <v>0.28</v>
+      </c>
+      <c r="K16" s="7">
         <v>0.29</v>
       </c>
-      <c r="K16" s="7">
+      <c r="L16" s="7">
         <v>0.33</v>
       </c>
-      <c r="L16" s="7">
+      <c r="M16" s="7">
         <v>0.35</v>
       </c>
-      <c r="M16" s="7">
+      <c r="N16" s="7">
         <v>0.37</v>
       </c>
-      <c r="N16" s="7">
+      <c r="O16" s="7">
         <v>0.39</v>
       </c>
-      <c r="O16" s="7">
+      <c r="P16" s="7">
         <v>0.38</v>
       </c>
-      <c r="P16" s="7">
+      <c r="Q16" s="7">
         <v>0.36</v>
       </c>
-      <c r="Q16" s="7">
-[...12 lines deleted...]
-    <row r="17" spans="1:20">
+    </row>
+    <row r="17" spans="1:17">
       <c r="A17" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B17" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="7">
         <v>0.52</v>
       </c>
-      <c r="C17" s="7">
+      <c r="D17" s="7">
         <v>0.53</v>
       </c>
-      <c r="D17" s="7">
+      <c r="E17" s="7">
         <v>0.55</v>
       </c>
-      <c r="E17" s="7">
+      <c r="F17" s="7">
         <v>0.57</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.54</v>
       </c>
       <c r="G17" s="7">
         <v>0.54</v>
       </c>
       <c r="H17" s="7">
+        <v>0.54</v>
+      </c>
+      <c r="I17" s="7">
         <v>0.56</v>
       </c>
-      <c r="I17" s="7">
+      <c r="J17" s="7">
         <v>0.53</v>
       </c>
-      <c r="J17" s="7">
+      <c r="K17" s="7">
         <v>0.55</v>
       </c>
-      <c r="K17" s="7">
+      <c r="L17" s="7">
         <v>0.54</v>
       </c>
-      <c r="L17" s="7">
+      <c r="M17" s="7">
         <v>0.52</v>
       </c>
-      <c r="M17" s="7">
+      <c r="N17" s="7">
         <v>0.58</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.62</v>
       </c>
       <c r="O17" s="7">
         <v>0.62</v>
       </c>
       <c r="P17" s="7">
         <v>0.62</v>
       </c>
       <c r="Q17" s="7">
-        <v>0.58</v>
-[...11 lines deleted...]
-    <row r="18" spans="1:20">
+        <v>0.62</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C18" s="7">
         <v>0.49</v>
       </c>
-      <c r="C18" s="7">
+      <c r="D18" s="7">
         <v>0.52</v>
       </c>
-      <c r="D18" s="7">
+      <c r="E18" s="7">
         <v>0.51</v>
       </c>
-      <c r="E18" s="7">
+      <c r="F18" s="7">
         <v>0.48</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.52</v>
       </c>
       <c r="G18" s="7">
         <v>0.52</v>
       </c>
       <c r="H18" s="7">
+        <v>0.52</v>
+      </c>
+      <c r="I18" s="7">
         <v>0.48</v>
       </c>
-      <c r="I18" s="7">
+      <c r="J18" s="7">
         <v>0.43</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.44</v>
       </c>
       <c r="K18" s="7">
         <v>0.44</v>
       </c>
       <c r="L18" s="7">
-        <v>0.43</v>
+        <v>0.44</v>
       </c>
       <c r="M18" s="7">
         <v>0.43</v>
       </c>
       <c r="N18" s="7">
         <v>0.43</v>
       </c>
       <c r="O18" s="7">
         <v>0.43</v>
       </c>
       <c r="P18" s="7">
         <v>0.43</v>
       </c>
       <c r="Q18" s="7">
-        <v>0.4</v>
-[...11 lines deleted...]
-    <row r="19" spans="1:20">
+        <v>0.43</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B19" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C19" s="7">
         <v>0.48</v>
       </c>
-      <c r="C19" s="7">
+      <c r="D19" s="7">
         <v>0.47</v>
       </c>
-      <c r="D19" s="7">
+      <c r="E19" s="7">
         <v>0.46</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.49</v>
       </c>
       <c r="F19" s="7">
         <v>0.49</v>
       </c>
       <c r="G19" s="7">
+        <v>0.49</v>
+      </c>
+      <c r="H19" s="7">
         <v>0.48</v>
       </c>
-      <c r="H19" s="7">
+      <c r="I19" s="7">
         <v>0.5</v>
       </c>
-      <c r="I19" s="7">
+      <c r="J19" s="7">
         <v>0.51</v>
       </c>
-      <c r="J19" s="7">
+      <c r="K19" s="7">
         <v>0.53</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.47</v>
       </c>
       <c r="L19" s="7">
         <v>0.47</v>
       </c>
       <c r="M19" s="7">
+        <v>0.47</v>
+      </c>
+      <c r="N19" s="7">
         <v>0.51</v>
       </c>
-      <c r="N19" s="7">
+      <c r="O19" s="7">
         <v>0.55</v>
       </c>
-      <c r="O19" s="7">
+      <c r="P19" s="7">
         <v>0.54</v>
       </c>
-      <c r="P19" s="7">
+      <c r="Q19" s="7">
         <v>0.53</v>
       </c>
-      <c r="Q19" s="7">
-[...12 lines deleted...]
-    <row r="20" spans="1:20">
+    </row>
+    <row r="20" spans="1:17">
       <c r="A20" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B20" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C20" s="7">
         <v>0.5</v>
       </c>
-      <c r="C20" s="7">
+      <c r="D20" s="7">
         <v>0.54</v>
       </c>
-      <c r="D20" s="7">
+      <c r="E20" s="7">
         <v>0.56</v>
       </c>
-      <c r="E20" s="7">
+      <c r="F20" s="7">
         <v>0.55</v>
       </c>
-      <c r="F20" s="7">
+      <c r="G20" s="7">
         <v>0.54</v>
       </c>
-      <c r="G20" s="7">
+      <c r="H20" s="7">
         <v>0.55</v>
       </c>
-      <c r="H20" s="7">
+      <c r="I20" s="7">
         <v>0.58</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.56</v>
       </c>
       <c r="J20" s="7">
         <v>0.56</v>
       </c>
       <c r="K20" s="7">
         <v>0.56</v>
       </c>
       <c r="L20" s="7">
-        <v>0.54</v>
+        <v>0.56</v>
       </c>
       <c r="M20" s="7">
         <v>0.54</v>
       </c>
       <c r="N20" s="7">
+        <v>0.54</v>
+      </c>
+      <c r="O20" s="7">
         <v>0.55</v>
       </c>
-      <c r="O20" s="7">
+      <c r="P20" s="7">
         <v>0.53</v>
       </c>
-      <c r="P20" s="7">
+      <c r="Q20" s="7">
         <v>0.51</v>
       </c>
-      <c r="Q20" s="7">
-[...12 lines deleted...]
-    <row r="21" spans="1:20">
+    </row>
+    <row r="21" spans="1:17">
       <c r="A21" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B21" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C21" s="7">
         <v>0.3</v>
       </c>
-      <c r="C21" s="7">
+      <c r="D21" s="7">
         <v>0.31</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.3</v>
       </c>
       <c r="E21" s="7">
         <v>0.3</v>
       </c>
       <c r="F21" s="7">
+        <v>0.3</v>
+      </c>
+      <c r="G21" s="7">
         <v>0.28</v>
       </c>
-      <c r="G21" s="7">
+      <c r="H21" s="7">
         <v>0.26</v>
       </c>
-      <c r="H21" s="7">
+      <c r="I21" s="7">
         <v>0.25</v>
       </c>
-      <c r="I21" s="7">
+      <c r="J21" s="7">
         <v>0.26</v>
       </c>
-      <c r="J21" s="7">
+      <c r="K21" s="7">
         <v>0.32</v>
       </c>
-      <c r="K21" s="7">
+      <c r="L21" s="7">
         <v>0.36</v>
       </c>
-      <c r="L21" s="7">
+      <c r="M21" s="7">
         <v>0.48</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.51</v>
       </c>
       <c r="N21" s="7">
         <v>0.51</v>
       </c>
       <c r="O21" s="7">
+        <v>0.51</v>
+      </c>
+      <c r="P21" s="7">
         <v>0.52</v>
       </c>
-      <c r="P21" s="7">
+      <c r="Q21" s="7">
         <v>0.5</v>
       </c>
-      <c r="Q21" s="7">
-[...12 lines deleted...]
-    <row r="22" spans="1:20">
+    </row>
+    <row r="22" spans="1:17">
       <c r="A22" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C22" s="7">
         <v>0.42</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.43</v>
       </c>
       <c r="D22" s="7">
         <v>0.43</v>
       </c>
       <c r="E22" s="7">
+        <v>0.43</v>
+      </c>
+      <c r="F22" s="7">
         <v>0.44</v>
       </c>
-      <c r="F22" s="7">
+      <c r="G22" s="7">
         <v>0.42</v>
       </c>
-      <c r="G22" s="7">
+      <c r="H22" s="7">
         <v>0.43</v>
       </c>
-      <c r="H22" s="7">
+      <c r="I22" s="7">
         <v>0.44</v>
       </c>
-      <c r="I22" s="7">
+      <c r="J22" s="7">
         <v>0.43</v>
       </c>
-      <c r="J22" s="7">
+      <c r="K22" s="7">
         <v>0.45</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.46</v>
       </c>
       <c r="L22" s="7">
         <v>0.46</v>
       </c>
       <c r="M22" s="7">
         <v>0.46</v>
       </c>
       <c r="N22" s="7">
+        <v>0.46</v>
+      </c>
+      <c r="O22" s="7">
         <v>0.49</v>
       </c>
-      <c r="O22" s="7">
+      <c r="P22" s="7">
         <v>0.47</v>
       </c>
-      <c r="P22" s="7">
+      <c r="Q22" s="7">
         <v>0.44</v>
       </c>
-      <c r="Q22" s="7">
-[...12 lines deleted...]
-    <row r="23" spans="1:20">
+    </row>
+    <row r="23" spans="1:17">
       <c r="A23" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B23" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C23" s="7">
         <v>0.47</v>
       </c>
-      <c r="C23" s="7">
+      <c r="D23" s="7">
         <v>0.48</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.49</v>
       </c>
       <c r="E23" s="7">
         <v>0.49</v>
       </c>
       <c r="F23" s="7">
+        <v>0.49</v>
+      </c>
+      <c r="G23" s="7">
         <v>0.48</v>
       </c>
-      <c r="G23" s="7">
+      <c r="H23" s="7">
         <v>0.51</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.43</v>
       </c>
       <c r="I23" s="7">
         <v>0.43</v>
       </c>
       <c r="J23" s="7">
+        <v>0.43</v>
+      </c>
+      <c r="K23" s="7">
         <v>0.44</v>
       </c>
-      <c r="K23" s="7">
+      <c r="L23" s="7">
         <v>0.47</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.49</v>
       </c>
       <c r="M23" s="7">
         <v>0.49</v>
       </c>
       <c r="N23" s="7">
+        <v>0.49</v>
+      </c>
+      <c r="O23" s="7">
         <v>0.52</v>
       </c>
-      <c r="O23" s="7">
+      <c r="P23" s="7">
         <v>0.54</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.56</v>
       </c>
       <c r="Q23" s="7">
         <v>0.56</v>
       </c>
-      <c r="R23" s="7">
-[...9 lines deleted...]
-    <row r="24" spans="1:20">
+    </row>
+    <row r="24" spans="1:17">
       <c r="A24" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B24" s="8"/>
       <c r="C24" s="8"/>
       <c r="D24" s="8"/>
       <c r="E24" s="8"/>
       <c r="F24" s="8"/>
       <c r="G24" s="8"/>
       <c r="H24" s="8"/>
       <c r="I24" s="8"/>
       <c r="J24" s="8"/>
       <c r="K24" s="8"/>
       <c r="L24" s="8"/>
       <c r="M24" s="8"/>
       <c r="N24" s="8"/>
       <c r="O24" s="8"/>
       <c r="P24" s="8"/>
       <c r="Q24" s="8"/>
-      <c r="R24" s="8"/>
-[...1 lines deleted...]
-      <c r="T24" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T24"/>
+  <dimension ref="A1:Q24"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T24" sqref="T24"/>
+      <selection activeCell="Q24" sqref="Q24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:20">
+    <row r="2" spans="1:17">
       <c r="A2" s="2" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4"/>
       <c r="B5" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="5">
         <v>45930</v>
       </c>
-      <c r="C5" s="5">
+      <c r="D5" s="5">
         <v>45838</v>
       </c>
-      <c r="D5" s="5">
+      <c r="E5" s="5">
         <v>45747</v>
       </c>
-      <c r="E5" s="5">
+      <c r="F5" s="5">
         <v>45657</v>
       </c>
-      <c r="F5" s="5">
+      <c r="G5" s="5">
         <v>45565</v>
       </c>
-      <c r="G5" s="5">
+      <c r="H5" s="5">
         <v>45473</v>
       </c>
-      <c r="H5" s="5">
+      <c r="I5" s="5">
         <v>45382</v>
       </c>
-      <c r="I5" s="5">
+      <c r="J5" s="5">
         <v>45291</v>
       </c>
-      <c r="J5" s="5">
+      <c r="K5" s="5">
         <v>45199</v>
       </c>
-      <c r="K5" s="5">
+      <c r="L5" s="5">
         <v>45107</v>
       </c>
-      <c r="L5" s="5">
+      <c r="M5" s="5">
         <v>45016</v>
       </c>
-      <c r="M5" s="5">
+      <c r="N5" s="5">
         <v>44926</v>
       </c>
-      <c r="N5" s="5">
+      <c r="O5" s="5">
         <v>44834</v>
       </c>
-      <c r="O5" s="5">
+      <c r="P5" s="5">
         <v>44742</v>
       </c>
-      <c r="P5" s="5">
+      <c r="Q5" s="5">
         <v>44651</v>
       </c>
-      <c r="Q5" s="5">
-[...12 lines deleted...]
-    <row r="6" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="6" spans="1:17" customHeight="1" ht="34.8">
       <c r="A6" s="9" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="11">
+        <v>3884300.0</v>
+      </c>
+      <c r="C7" s="11">
         <v>3754300.0</v>
       </c>
-      <c r="C7" s="11">
+      <c r="D7" s="11">
         <v>3675600.0</v>
       </c>
-      <c r="D7" s="11">
+      <c r="E7" s="11">
         <v>3028700.0</v>
       </c>
-      <c r="E7" s="11">
+      <c r="F7" s="11">
         <v>3789200.0</v>
       </c>
-      <c r="F7" s="11">
+      <c r="G7" s="11">
         <v>3720700.0</v>
       </c>
-      <c r="G7" s="11">
+      <c r="H7" s="11">
         <v>3547100.0</v>
       </c>
-      <c r="H7" s="11">
+      <c r="I7" s="11">
         <v>3145000.0</v>
       </c>
-      <c r="I7" s="11">
+      <c r="J7" s="11">
         <v>3434300.0</v>
       </c>
-      <c r="J7" s="11">
+      <c r="K7" s="11">
         <v>3362700.0</v>
       </c>
-      <c r="K7" s="11">
+      <c r="L7" s="11">
         <v>3158100.0</v>
       </c>
-      <c r="L7" s="11">
+      <c r="M7" s="11">
         <v>3162100.0</v>
       </c>
-      <c r="M7" s="11">
+      <c r="N7" s="11">
         <v>3414400.0</v>
       </c>
-      <c r="N7" s="11">
+      <c r="O7" s="11">
         <v>2936200.0</v>
       </c>
-      <c r="O7" s="11">
+      <c r="P7" s="11">
         <v>2857200.0</v>
       </c>
-      <c r="P7" s="11">
+      <c r="Q7" s="11">
         <v>2965100.0</v>
       </c>
-      <c r="Q7" s="11">
-[...12 lines deleted...]
-    <row r="8" spans="1:20">
+    </row>
+    <row r="8" spans="1:17">
       <c r="A8" s="10" t="s">
         <v>25</v>
       </c>
       <c r="B8" s="11">
+        <v>31256900.0</v>
+      </c>
+      <c r="C8" s="11">
         <v>30957800.0</v>
       </c>
-      <c r="C8" s="11">
+      <c r="D8" s="11">
         <v>29938900.0</v>
       </c>
-      <c r="D8" s="11">
+      <c r="E8" s="11">
         <v>29387600.0</v>
       </c>
-      <c r="E8" s="11">
+      <c r="F8" s="11">
         <v>29353600.0</v>
       </c>
-      <c r="F8" s="11">
+      <c r="G8" s="11">
         <v>29325900.0</v>
       </c>
-      <c r="G8" s="11">
+      <c r="H8" s="11">
         <v>28205800.0</v>
       </c>
-      <c r="H8" s="11">
+      <c r="I8" s="11">
         <v>26991100.0</v>
       </c>
-      <c r="I8" s="11">
+      <c r="J8" s="11">
         <v>25973100.0</v>
       </c>
-      <c r="J8" s="11">
+      <c r="K8" s="11">
         <v>24904400.0</v>
       </c>
-      <c r="K8" s="11">
+      <c r="L8" s="11">
         <v>24017900.0</v>
       </c>
-      <c r="L8" s="11">
+      <c r="M8" s="11">
         <v>23495200.0</v>
       </c>
-      <c r="M8" s="11">
+      <c r="N8" s="11">
         <v>22664000.0</v>
       </c>
-      <c r="N8" s="11">
+      <c r="O8" s="11">
         <v>21438800.0</v>
       </c>
-      <c r="O8" s="11">
+      <c r="P8" s="11">
         <v>20687800.0</v>
       </c>
-      <c r="P8" s="11">
+      <c r="Q8" s="11">
         <v>19914700.0</v>
       </c>
-      <c r="Q8" s="11">
-[...12 lines deleted...]
-    <row r="9" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="9" spans="1:17" customHeight="1" ht="34.8">
       <c r="A9" s="9" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="10" spans="1:20">
+    <row r="10" spans="1:17">
       <c r="A10" s="12" t="s">
         <v>5</v>
       </c>
       <c r="B10" s="13">
         <v>0.46</v>
       </c>
       <c r="C10" s="13">
+        <v>0.46</v>
+      </c>
+      <c r="D10" s="13">
         <v>0.47</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.48</v>
       </c>
       <c r="E10" s="13">
         <v>0.48</v>
       </c>
       <c r="F10" s="13">
+        <v>0.48</v>
+      </c>
+      <c r="G10" s="13">
         <v>0.47</v>
       </c>
-      <c r="G10" s="13">
+      <c r="H10" s="13">
         <v>0.48</v>
       </c>
-      <c r="H10" s="13">
+      <c r="I10" s="13">
         <v>0.49</v>
       </c>
-      <c r="I10" s="13">
+      <c r="J10" s="13">
         <v>0.51</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.53</v>
       </c>
       <c r="K10" s="13">
         <v>0.53</v>
       </c>
       <c r="L10" s="13">
         <v>0.53</v>
       </c>
       <c r="M10" s="13">
+        <v>0.53</v>
+      </c>
+      <c r="N10" s="13">
         <v>0.54</v>
       </c>
-      <c r="N10" s="13">
+      <c r="O10" s="13">
         <v>0.64</v>
       </c>
-      <c r="O10" s="13">
+      <c r="P10" s="13">
         <v>0.69</v>
       </c>
-      <c r="P10" s="13">
+      <c r="Q10" s="13">
         <v>0.83</v>
       </c>
-      <c r="Q10" s="13">
-[...12 lines deleted...]
-    <row r="11" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
       <c r="A11" s="9" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="12" spans="1:20" customHeight="1" ht="28.8">
+    <row r="12" spans="1:17" customHeight="1" ht="28.8">
       <c r="A12" s="14" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="13" spans="1:20">
+    <row r="13" spans="1:17">
       <c r="A13" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B13" s="7">
         <v>0.0</v>
       </c>
       <c r="C13" s="7">
         <v>0.0</v>
       </c>
       <c r="D13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="E13" s="7">
         <v>40.4</v>
       </c>
-      <c r="E13" s="7">
+      <c r="F13" s="7">
         <v>16.94</v>
       </c>
-      <c r="F13" s="7">
+      <c r="G13" s="7">
         <v>9.21</v>
       </c>
-      <c r="G13" s="7">
+      <c r="H13" s="7">
         <v>8.11</v>
       </c>
-      <c r="H13" s="7">
+      <c r="I13" s="7">
         <v>6.79</v>
       </c>
-      <c r="I13" s="7">
+      <c r="J13" s="7">
         <v>5.24</v>
       </c>
-      <c r="J13" s="7">
+      <c r="K13" s="7">
         <v>4.56</v>
       </c>
-      <c r="K13" s="7">
+      <c r="L13" s="7">
         <v>4.35</v>
       </c>
-      <c r="L13" s="7">
+      <c r="M13" s="7">
         <v>4.27</v>
       </c>
-      <c r="M13" s="7">
+      <c r="N13" s="7">
         <v>3.36</v>
       </c>
-      <c r="N13" s="7">
+      <c r="O13" s="7">
         <v>3.62</v>
       </c>
-      <c r="O13" s="7">
+      <c r="P13" s="7">
         <v>3.91</v>
       </c>
-      <c r="P13" s="7">
+      <c r="Q13" s="7">
         <v>3.48</v>
       </c>
-      <c r="Q13" s="7">
-[...12 lines deleted...]
-    <row r="14" spans="1:20">
+    </row>
+    <row r="14" spans="1:17">
       <c r="A14" s="15" t="s">
         <v>13</v>
       </c>
       <c r="B14" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C14" s="7">
         <v>3.59</v>
       </c>
-      <c r="C14" s="7">
+      <c r="D14" s="7">
         <v>4.51</v>
       </c>
-      <c r="D14" s="7">
+      <c r="E14" s="7">
         <v>5.28</v>
       </c>
-      <c r="E14" s="7">
+      <c r="F14" s="7">
         <v>5.45</v>
       </c>
-      <c r="F14" s="7">
+      <c r="G14" s="7">
         <v>4.14</v>
       </c>
-      <c r="G14" s="7">
+      <c r="H14" s="7">
         <v>4.99</v>
       </c>
-      <c r="H14" s="7">
+      <c r="I14" s="7">
         <v>5.61</v>
       </c>
-      <c r="I14" s="7">
+      <c r="J14" s="7">
         <v>4.32</v>
       </c>
-      <c r="J14" s="7">
+      <c r="K14" s="7">
         <v>3.35</v>
       </c>
-      <c r="K14" s="7">
+      <c r="L14" s="7">
         <v>3.73</v>
       </c>
-      <c r="L14" s="7">
+      <c r="M14" s="7">
         <v>4.66</v>
       </c>
-      <c r="M14" s="7">
+      <c r="N14" s="7">
         <v>6.77</v>
       </c>
-      <c r="N14" s="7">
+      <c r="O14" s="7">
         <v>6.71</v>
       </c>
-      <c r="O14" s="7">
+      <c r="P14" s="7">
         <v>10.17</v>
       </c>
-      <c r="P14" s="7">
+      <c r="Q14" s="7">
         <v>26.68</v>
       </c>
-      <c r="Q14" s="7">
-[...12 lines deleted...]
-    <row r="15" spans="1:20">
+    </row>
+    <row r="15" spans="1:17">
       <c r="A15" s="15" t="s">
         <v>14</v>
       </c>
       <c r="B15" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C15" s="7">
         <v>2.59</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.74</v>
       </c>
       <c r="D15" s="7">
         <v>2.74</v>
       </c>
       <c r="E15" s="7">
+        <v>2.74</v>
+      </c>
+      <c r="F15" s="7">
         <v>2.96</v>
       </c>
-      <c r="F15" s="7">
+      <c r="G15" s="7">
         <v>2.77</v>
       </c>
-      <c r="G15" s="7">
+      <c r="H15" s="7">
         <v>2.73</v>
       </c>
-      <c r="H15" s="7">
+      <c r="I15" s="7">
         <v>2.76</v>
       </c>
-      <c r="I15" s="7">
+      <c r="J15" s="7">
         <v>1.53</v>
       </c>
-      <c r="J15" s="7">
+      <c r="K15" s="7">
         <v>1.55</v>
       </c>
-      <c r="K15" s="7">
+      <c r="L15" s="7">
         <v>1.41</v>
       </c>
-      <c r="L15" s="7">
+      <c r="M15" s="7">
         <v>1.44</v>
       </c>
-      <c r="M15" s="7">
+      <c r="N15" s="7">
         <v>1.49</v>
       </c>
-      <c r="N15" s="7">
+      <c r="O15" s="7">
         <v>1.43</v>
       </c>
-      <c r="O15" s="7">
+      <c r="P15" s="7">
         <v>1.45</v>
       </c>
-      <c r="P15" s="7">
+      <c r="Q15" s="7">
         <v>1.49</v>
       </c>
-      <c r="Q15" s="7">
-[...12 lines deleted...]
-    <row r="16" spans="1:20">
+    </row>
+    <row r="16" spans="1:17">
       <c r="A16" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B16" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C16" s="7">
         <v>0.48</v>
       </c>
-      <c r="C16" s="7">
+      <c r="D16" s="7">
         <v>0.46</v>
       </c>
-      <c r="D16" s="7">
+      <c r="E16" s="7">
         <v>0.47</v>
       </c>
-      <c r="E16" s="7">
+      <c r="F16" s="7">
         <v>0.48</v>
       </c>
-      <c r="F16" s="7">
+      <c r="G16" s="7">
         <v>0.46</v>
       </c>
-      <c r="G16" s="7">
+      <c r="H16" s="7">
         <v>0.47</v>
       </c>
-      <c r="H16" s="7">
+      <c r="I16" s="7">
         <v>0.44</v>
       </c>
-      <c r="I16" s="7">
+      <c r="J16" s="7">
         <v>0.45</v>
       </c>
-      <c r="J16" s="7">
+      <c r="K16" s="7">
         <v>0.49</v>
       </c>
-      <c r="K16" s="7">
+      <c r="L16" s="7">
         <v>0.54</v>
       </c>
-      <c r="L16" s="7">
+      <c r="M16" s="7">
         <v>0.58</v>
       </c>
-      <c r="M16" s="7">
+      <c r="N16" s="7">
         <v>0.63</v>
       </c>
-      <c r="N16" s="7">
+      <c r="O16" s="7">
         <v>0.67</v>
       </c>
-      <c r="O16" s="7">
+      <c r="P16" s="7">
         <v>0.66</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.65</v>
       </c>
       <c r="Q16" s="7">
         <v>0.65</v>
       </c>
-      <c r="R16" s="7">
-[...9 lines deleted...]
-    <row r="17" spans="1:20">
+    </row>
+    <row r="17" spans="1:17">
       <c r="A17" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B17" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="7">
         <v>2.5</v>
       </c>
-      <c r="C17" s="7">
+      <c r="D17" s="7">
         <v>2.91</v>
       </c>
-      <c r="D17" s="7">
+      <c r="E17" s="7">
         <v>3.11</v>
       </c>
-      <c r="E17" s="7">
+      <c r="F17" s="7">
         <v>3.17</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.87</v>
       </c>
       <c r="G17" s="7">
         <v>2.87</v>
       </c>
       <c r="H17" s="7">
+        <v>2.87</v>
+      </c>
+      <c r="I17" s="7">
         <v>2.8</v>
       </c>
-      <c r="I17" s="7">
+      <c r="J17" s="7">
         <v>3.17</v>
       </c>
-      <c r="J17" s="7">
+      <c r="K17" s="7">
         <v>2.86</v>
       </c>
-      <c r="K17" s="7">
+      <c r="L17" s="7">
         <v>2.67</v>
       </c>
-      <c r="L17" s="7">
+      <c r="M17" s="7">
         <v>2.47</v>
       </c>
-      <c r="M17" s="7">
+      <c r="N17" s="7">
         <v>2.68</v>
       </c>
-      <c r="N17" s="7">
+      <c r="O17" s="7">
         <v>2.9</v>
       </c>
-      <c r="O17" s="7">
+      <c r="P17" s="7">
         <v>3.4</v>
       </c>
-      <c r="P17" s="7">
+      <c r="Q17" s="7">
         <v>3.14</v>
       </c>
-      <c r="Q17" s="7">
-[...12 lines deleted...]
-    <row r="18" spans="1:20">
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C18" s="7">
         <v>1.33</v>
       </c>
-      <c r="C18" s="7">
+      <c r="D18" s="7">
         <v>1.46</v>
       </c>
-      <c r="D18" s="7">
+      <c r="E18" s="7">
         <v>1.49</v>
       </c>
-      <c r="E18" s="7">
+      <c r="F18" s="7">
         <v>1.48</v>
       </c>
-      <c r="F18" s="7">
+      <c r="G18" s="7">
         <v>1.52</v>
       </c>
-      <c r="G18" s="7">
+      <c r="H18" s="7">
         <v>1.51</v>
       </c>
-      <c r="H18" s="7">
+      <c r="I18" s="7">
         <v>1.56</v>
       </c>
-      <c r="I18" s="7">
+      <c r="J18" s="7">
         <v>1.18</v>
       </c>
-      <c r="J18" s="7">
+      <c r="K18" s="7">
         <v>1.22</v>
       </c>
-      <c r="K18" s="7">
+      <c r="L18" s="7">
         <v>1.28</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.27</v>
       </c>
       <c r="M18" s="7">
         <v>1.27</v>
       </c>
       <c r="N18" s="7">
         <v>1.27</v>
       </c>
       <c r="O18" s="7">
+        <v>1.27</v>
+      </c>
+      <c r="P18" s="7">
         <v>1.34</v>
       </c>
-      <c r="P18" s="7">
+      <c r="Q18" s="7">
         <v>1.37</v>
       </c>
-      <c r="Q18" s="7">
-[...12 lines deleted...]
-    <row r="19" spans="1:20">
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B19" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C19" s="7">
         <v>1.16</v>
       </c>
-      <c r="C19" s="7">
+      <c r="D19" s="7">
         <v>1.15</v>
       </c>
-      <c r="D19" s="7">
+      <c r="E19" s="7">
         <v>1.14</v>
       </c>
-      <c r="E19" s="7">
+      <c r="F19" s="7">
         <v>1.24</v>
       </c>
-      <c r="F19" s="7">
+      <c r="G19" s="7">
         <v>1.25</v>
       </c>
-      <c r="G19" s="7">
+      <c r="H19" s="7">
         <v>1.21</v>
       </c>
-      <c r="H19" s="7">
+      <c r="I19" s="7">
         <v>1.22</v>
       </c>
-      <c r="I19" s="7">
+      <c r="J19" s="7">
         <v>1.24</v>
       </c>
-      <c r="J19" s="7">
+      <c r="K19" s="7">
         <v>1.23</v>
       </c>
-      <c r="K19" s="7">
+      <c r="L19" s="7">
         <v>1.2</v>
       </c>
-      <c r="L19" s="7">
+      <c r="M19" s="7">
         <v>1.3</v>
       </c>
-      <c r="M19" s="7">
+      <c r="N19" s="7">
         <v>1.24</v>
       </c>
-      <c r="N19" s="7">
+      <c r="O19" s="7">
         <v>1.29</v>
       </c>
-      <c r="O19" s="7">
+      <c r="P19" s="7">
         <v>1.25</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.27</v>
       </c>
       <c r="Q19" s="7">
         <v>1.27</v>
       </c>
-      <c r="R19" s="7">
-[...9 lines deleted...]
-    <row r="20" spans="1:20">
+    </row>
+    <row r="20" spans="1:17">
       <c r="A20" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B20" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C20" s="7">
         <v>1.24</v>
       </c>
-      <c r="C20" s="7">
+      <c r="D20" s="7">
         <v>1.3</v>
       </c>
-      <c r="D20" s="7">
+      <c r="E20" s="7">
         <v>1.32</v>
       </c>
-      <c r="E20" s="7">
+      <c r="F20" s="7">
         <v>1.39</v>
       </c>
-      <c r="F20" s="7">
+      <c r="G20" s="7">
         <v>1.42</v>
       </c>
-      <c r="G20" s="7">
+      <c r="H20" s="7">
         <v>1.43</v>
       </c>
-      <c r="H20" s="7">
+      <c r="I20" s="7">
         <v>1.52</v>
       </c>
-      <c r="I20" s="7">
+      <c r="J20" s="7">
         <v>1.6</v>
       </c>
-      <c r="J20" s="7">
+      <c r="K20" s="7">
         <v>1.44</v>
       </c>
-      <c r="K20" s="7">
+      <c r="L20" s="7">
         <v>1.51</v>
       </c>
-      <c r="L20" s="7">
+      <c r="M20" s="7">
         <v>1.24</v>
       </c>
-      <c r="M20" s="7">
+      <c r="N20" s="7">
         <v>1.29</v>
       </c>
-      <c r="N20" s="7">
+      <c r="O20" s="7">
         <v>1.33</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.32</v>
       </c>
       <c r="P20" s="7">
         <v>1.32</v>
       </c>
       <c r="Q20" s="7">
-        <v>1.28</v>
-[...11 lines deleted...]
-    <row r="21" spans="1:20">
+        <v>1.32</v>
+      </c>
+    </row>
+    <row r="21" spans="1:17">
       <c r="A21" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B21" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C21" s="7">
         <v>0.68</v>
       </c>
-      <c r="C21" s="7">
+      <c r="D21" s="7">
         <v>0.72</v>
       </c>
-      <c r="D21" s="7">
+      <c r="E21" s="7">
         <v>0.69</v>
       </c>
-      <c r="E21" s="7">
+      <c r="F21" s="7">
         <v>0.72</v>
       </c>
-      <c r="F21" s="7">
+      <c r="G21" s="7">
         <v>0.65</v>
       </c>
-      <c r="G21" s="7">
+      <c r="H21" s="7">
         <v>0.64</v>
       </c>
-      <c r="H21" s="7">
+      <c r="I21" s="7">
         <v>0.61</v>
       </c>
-      <c r="I21" s="7">
+      <c r="J21" s="7">
         <v>0.67</v>
       </c>
-      <c r="J21" s="7">
+      <c r="K21" s="7">
         <v>0.71</v>
       </c>
-      <c r="K21" s="7">
+      <c r="L21" s="7">
         <v>0.79</v>
       </c>
-      <c r="L21" s="7">
+      <c r="M21" s="7">
         <v>0.92</v>
       </c>
-      <c r="M21" s="7">
+      <c r="N21" s="7">
         <v>1.05</v>
       </c>
-      <c r="N21" s="7">
+      <c r="O21" s="7">
         <v>1.08</v>
       </c>
-      <c r="O21" s="7">
+      <c r="P21" s="7">
         <v>1.16</v>
       </c>
-      <c r="P21" s="7">
+      <c r="Q21" s="7">
         <v>1.12</v>
       </c>
-      <c r="Q21" s="7">
-[...12 lines deleted...]
-    <row r="22" spans="1:20">
+    </row>
+    <row r="22" spans="1:17">
       <c r="A22" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="7">
-        <v>0.86</v>
+        <v>0.0</v>
       </c>
       <c r="C22" s="7">
         <v>0.86</v>
       </c>
       <c r="D22" s="7">
+        <v>0.86</v>
+      </c>
+      <c r="E22" s="7">
         <v>0.87</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.86</v>
       </c>
       <c r="F22" s="7">
         <v>0.86</v>
       </c>
       <c r="G22" s="7">
+        <v>0.86</v>
+      </c>
+      <c r="H22" s="7">
         <v>0.89</v>
       </c>
-      <c r="H22" s="7">
+      <c r="I22" s="7">
         <v>0.93</v>
       </c>
-      <c r="I22" s="7">
+      <c r="J22" s="7">
         <v>0.92</v>
       </c>
-      <c r="J22" s="7">
+      <c r="K22" s="7">
         <v>0.96</v>
       </c>
-      <c r="K22" s="7">
+      <c r="L22" s="7">
         <v>0.99</v>
       </c>
-      <c r="L22" s="7">
+      <c r="M22" s="7">
         <v>1.04</v>
       </c>
-      <c r="M22" s="7">
+      <c r="N22" s="7">
         <v>1.02</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.01</v>
       </c>
       <c r="O22" s="7">
         <v>1.01</v>
       </c>
       <c r="P22" s="7">
+        <v>1.01</v>
+      </c>
+      <c r="Q22" s="7">
         <v>1.0</v>
       </c>
-      <c r="Q22" s="7">
-[...12 lines deleted...]
-    <row r="23" spans="1:20">
+    </row>
+    <row r="23" spans="1:17">
       <c r="A23" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B23" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C23" s="7">
         <v>0.68</v>
       </c>
-      <c r="C23" s="7">
+      <c r="D23" s="7">
         <v>0.66</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.67</v>
       </c>
       <c r="E23" s="7">
         <v>0.67</v>
       </c>
       <c r="F23" s="7">
+        <v>0.67</v>
+      </c>
+      <c r="G23" s="7">
         <v>0.68</v>
       </c>
-      <c r="G23" s="7">
+      <c r="H23" s="7">
         <v>0.7</v>
       </c>
-      <c r="H23" s="7">
+      <c r="I23" s="7">
         <v>0.55</v>
       </c>
-      <c r="I23" s="7">
+      <c r="J23" s="7">
         <v>0.56</v>
       </c>
-      <c r="J23" s="7">
+      <c r="K23" s="7">
         <v>0.58</v>
       </c>
-      <c r="K23" s="7">
+      <c r="L23" s="7">
         <v>0.61</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.64</v>
       </c>
       <c r="M23" s="7">
         <v>0.64</v>
       </c>
       <c r="N23" s="7">
+        <v>0.64</v>
+      </c>
+      <c r="O23" s="7">
         <v>0.67</v>
       </c>
-      <c r="O23" s="7">
+      <c r="P23" s="7">
         <v>0.7</v>
       </c>
-      <c r="P23" s="7">
+      <c r="Q23" s="7">
         <v>0.73</v>
       </c>
-      <c r="Q23" s="7">
-[...12 lines deleted...]
-    <row r="24" spans="1:20">
+    </row>
+    <row r="24" spans="1:17">
       <c r="A24" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B24" s="8"/>
       <c r="C24" s="8"/>
       <c r="D24" s="8"/>
       <c r="E24" s="8"/>
       <c r="F24" s="8"/>
       <c r="G24" s="8"/>
       <c r="H24" s="8"/>
       <c r="I24" s="8"/>
       <c r="J24" s="8"/>
       <c r="K24" s="8"/>
       <c r="L24" s="8"/>
       <c r="M24" s="8"/>
       <c r="N24" s="8"/>
       <c r="O24" s="8"/>
       <c r="P24" s="8"/>
       <c r="Q24" s="8"/>
-      <c r="R24" s="8"/>
-[...1 lines deleted...]
-      <c r="T24" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">