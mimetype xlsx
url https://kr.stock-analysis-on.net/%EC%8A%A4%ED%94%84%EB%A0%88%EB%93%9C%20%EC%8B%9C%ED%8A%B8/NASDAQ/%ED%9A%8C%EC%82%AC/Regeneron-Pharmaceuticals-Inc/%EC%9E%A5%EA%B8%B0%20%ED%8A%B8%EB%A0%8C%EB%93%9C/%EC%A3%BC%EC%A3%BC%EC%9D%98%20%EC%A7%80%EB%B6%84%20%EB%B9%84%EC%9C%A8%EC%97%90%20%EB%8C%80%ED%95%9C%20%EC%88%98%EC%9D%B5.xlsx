--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -530,405 +530,419 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H25"/>
+  <dimension ref="A1:H26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="H25" sqref="H25"/>
+      <selection activeCell="H26" sqref="H26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="3" max="3" width="4.055" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.055" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.055" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="3"/>
       <c r="B4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D4" s="4">
         <v>100</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H4" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="5">
-        <v>45657</v>
+        <v>46022</v>
       </c>
       <c r="B5" s="6">
-        <v>0.1503</v>
+        <v>0.1441</v>
       </c>
       <c r="F5" s="7">
-        <v>4412600.0</v>
+        <v>4504900.0</v>
       </c>
       <c r="H5" s="7">
-        <v>29353600.0</v>
+        <v>31256900.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="5">
-        <v>45291</v>
+        <v>45657</v>
       </c>
       <c r="B6" s="6">
-        <v>0.1522</v>
+        <v>0.1503</v>
       </c>
       <c r="F6" s="7">
-        <v>3953600.0</v>
+        <v>4412600.0</v>
       </c>
       <c r="H6" s="7">
-        <v>25973100.0</v>
+        <v>29353600.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="5">
-        <v>44926</v>
+        <v>45291</v>
       </c>
       <c r="B7" s="6">
-        <v>0.1914</v>
+        <v>0.1522</v>
       </c>
       <c r="F7" s="7">
-        <v>4338400.0</v>
+        <v>3953600.0</v>
       </c>
       <c r="H7" s="7">
-        <v>22664000.0</v>
+        <v>25973100.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="5">
-        <v>44561</v>
+        <v>44926</v>
       </c>
       <c r="B8" s="6">
-        <v>0.4303</v>
+        <v>0.1914</v>
       </c>
       <c r="F8" s="7">
-        <v>8075300.0</v>
+        <v>4338400.0</v>
       </c>
       <c r="H8" s="7">
-        <v>18768800.0</v>
+        <v>22664000.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="5">
-        <v>44196</v>
+        <v>44561</v>
       </c>
       <c r="B9" s="6">
-        <v>0.3186</v>
+        <v>0.4303</v>
       </c>
       <c r="F9" s="7">
-        <v>3513200.0</v>
+        <v>8075300.0</v>
       </c>
       <c r="H9" s="7">
-        <v>11025300.0</v>
+        <v>18768800.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="5">
-        <v>43830</v>
+        <v>44196</v>
       </c>
       <c r="B10" s="6">
-        <v>0.1908</v>
+        <v>0.3186</v>
       </c>
       <c r="F10" s="7">
-        <v>2115800.0</v>
+        <v>3513200.0</v>
       </c>
       <c r="H10" s="7">
-        <v>11089700.0</v>
+        <v>11025300.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="5">
-        <v>43465</v>
+        <v>43830</v>
       </c>
       <c r="B11" s="6">
-        <v>0.2791</v>
+        <v>0.1908</v>
       </c>
       <c r="F11" s="7">
-        <v>2444400.0</v>
+        <v>2115800.0</v>
       </c>
       <c r="H11" s="7">
-        <v>8757300.0</v>
+        <v>11089700.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="5">
-        <v>43100</v>
+        <v>43465</v>
       </c>
       <c r="B12" s="6">
-        <v>0.1951</v>
+        <v>0.2791</v>
       </c>
       <c r="F12" s="7">
-        <v>1198511.0</v>
+        <v>2444400.0</v>
       </c>
       <c r="H12" s="7">
-        <v>6144078.0</v>
+        <v>8757300.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="5">
-        <v>42735</v>
+        <v>43100</v>
       </c>
       <c r="B13" s="6">
-        <v>0.2013</v>
+        <v>0.1951</v>
       </c>
       <c r="F13" s="7">
-        <v>895522.0</v>
+        <v>1198511.0</v>
       </c>
       <c r="H13" s="7">
-        <v>4449245.0</v>
+        <v>6144078.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="5">
-        <v>42369</v>
+        <v>42735</v>
       </c>
       <c r="B14" s="6">
-        <v>0.174</v>
+        <v>0.2013</v>
       </c>
       <c r="F14" s="7">
-        <v>636056.0</v>
+        <v>895522.0</v>
       </c>
       <c r="H14" s="7">
-        <v>3654837.0</v>
+        <v>4449245.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="5">
-        <v>42004</v>
+        <v>42369</v>
       </c>
       <c r="B15" s="6">
-        <v>0.1369</v>
+        <v>0.174</v>
       </c>
       <c r="F15" s="7">
-        <v>348074.0</v>
+        <v>636056.0</v>
       </c>
       <c r="H15" s="7">
-        <v>2542325.0</v>
+        <v>3654837.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="5">
-        <v>41639</v>
+        <v>42004</v>
       </c>
       <c r="B16" s="6">
-        <v>0.2174</v>
+        <v>0.1369</v>
       </c>
       <c r="F16" s="7">
-        <v>424362.0</v>
+        <v>348074.0</v>
       </c>
       <c r="H16" s="7">
-        <v>1952076.0</v>
+        <v>2542325.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="5">
-        <v>41274</v>
+        <v>41639</v>
       </c>
       <c r="B17" s="6">
-        <v>0.6024</v>
+        <v>0.2174</v>
       </c>
       <c r="F17" s="7">
-        <v>750269.0</v>
+        <v>424362.0</v>
       </c>
       <c r="H17" s="7">
-        <v>1245385.0</v>
+        <v>1952076.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="5">
-        <v>40908</v>
+        <v>41274</v>
       </c>
       <c r="B18" s="6">
-        <v>-0.4565</v>
+        <v>0.6024</v>
       </c>
       <c r="F18" s="7">
-        <v>-221760.0</v>
+        <v>750269.0</v>
       </c>
       <c r="H18" s="7">
-        <v>485732.0</v>
+        <v>1245385.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="5">
-        <v>40543</v>
+        <v>40908</v>
       </c>
       <c r="B19" s="6">
-        <v>-0.1979</v>
+        <v>-0.4565</v>
       </c>
       <c r="F19" s="7">
-        <v>-104468.0</v>
+        <v>-221760.0</v>
       </c>
       <c r="H19" s="7">
-        <v>527815.0</v>
+        <v>485732.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="5">
-        <v>40178</v>
+        <v>40543</v>
       </c>
       <c r="B20" s="6">
-        <v>-0.171</v>
+        <v>-0.1979</v>
       </c>
       <c r="F20" s="7">
-        <v>-67830.0</v>
+        <v>-104468.0</v>
       </c>
       <c r="H20" s="7">
-        <v>396762.0</v>
+        <v>527815.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="5">
-        <v>39813</v>
+        <v>40178</v>
       </c>
       <c r="B21" s="6">
-        <v>-0.1975</v>
+        <v>-0.171</v>
       </c>
       <c r="F21" s="7">
-        <v>-82710.0</v>
+        <v>-67830.0</v>
       </c>
       <c r="H21" s="7">
-        <v>418852.0</v>
+        <v>396762.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="5">
-        <v>39447</v>
+        <v>39813</v>
       </c>
       <c r="B22" s="6">
-        <v>-0.2294</v>
+        <v>-0.1975</v>
       </c>
       <c r="F22" s="7">
-        <v>-105600.0</v>
+        <v>-82710.0</v>
       </c>
       <c r="H22" s="7">
-        <v>460267.0</v>
+        <v>418852.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="5">
-        <v>39082</v>
+        <v>39447</v>
       </c>
       <c r="B23" s="6">
-        <v>-0.4724</v>
+        <v>-0.2294</v>
       </c>
       <c r="F23" s="7">
-        <v>-102337.0</v>
+        <v>-105600.0</v>
       </c>
       <c r="H23" s="7">
-        <v>216624.0</v>
+        <v>460267.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="5">
+        <v>39082</v>
+      </c>
+      <c r="B24" s="6">
+        <v>-0.4724</v>
+      </c>
+      <c r="F24" s="7">
+        <v>-102337.0</v>
+      </c>
+      <c r="H24" s="7">
+        <v>216624.0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" s="5">
         <v>38717</v>
       </c>
-      <c r="B24" s="6">
+      <c r="B25" s="6">
         <v>-0.8372</v>
       </c>
-      <c r="F24" s="7">
+      <c r="F25" s="7">
         <v>-95446.0</v>
       </c>
-      <c r="H24" s="7">
+      <c r="H25" s="7">
         <v>114002.0</v>
       </c>
     </row>
-    <row r="25" spans="1:8">
-      <c r="A25" s="8" t="s">
+    <row r="26" spans="1:8">
+      <c r="A26" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="B25" s="8"/>
-[...5 lines deleted...]
-      <c r="H25" s="8"/>
+      <c r="B26" s="8"/>
+      <c r="C26" s="8"/>
+      <c r="D26" s="8"/>
+      <c r="E26" s="8"/>
+      <c r="F26" s="8"/>
+      <c r="G26" s="8"/>
+      <c r="H26" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M25"/>
+  <dimension ref="A1:M26"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="M25" sqref="M25"/>
+      <selection activeCell="M26" sqref="M26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="3"/>
       <c r="B4" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>11</v>
       </c>
@@ -940,1416 +954,1479 @@
       </c>
       <c r="G4" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H4" s="4" t="s">
         <v>15</v>
       </c>
       <c r="I4" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J4" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="5">
-        <v>45657</v>
+        <v>46022</v>
       </c>
       <c r="B5" s="6">
-        <v>0.1503</v>
+        <v>0.1441</v>
       </c>
       <c r="C5" s="6">
-        <v>1.2866</v>
+        <v>0.0</v>
       </c>
       <c r="D5" s="6">
-        <v>0.6959</v>
+        <v>0.0</v>
       </c>
       <c r="E5" s="6">
-        <v>-0.5478</v>
+        <v>0.0</v>
       </c>
       <c r="F5" s="6">
-        <v>0.0787</v>
+        <v>0.0</v>
       </c>
       <c r="G5" s="6">
-        <v>0.7462</v>
+        <v>0.0</v>
       </c>
       <c r="H5" s="6">
-        <v>0.0248</v>
+        <v>0.0</v>
       </c>
       <c r="I5" s="6">
-        <v>0.1968</v>
+        <v>0.0</v>
       </c>
       <c r="J5" s="6">
-        <v>0.3696</v>
+        <v>0.0</v>
       </c>
       <c r="K5" s="6">
-        <v>0.0911</v>
+        <v>0.0</v>
       </c>
       <c r="L5" s="6">
-        <v>0.1278</v>
+        <v>0.0</v>
       </c>
       <c r="M5" s="6">
-        <v>-0.0326</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="5">
-        <v>45291</v>
+        <v>45657</v>
       </c>
       <c r="B6" s="6">
-        <v>0.1522</v>
+        <v>0.1503</v>
       </c>
       <c r="C6" s="6">
-        <v>0.4694</v>
+        <v>1.2866</v>
       </c>
       <c r="D6" s="6">
-        <v>1.0778</v>
+        <v>0.6959</v>
       </c>
       <c r="E6" s="6">
-        <v>0.2727</v>
+        <v>-0.5478</v>
       </c>
       <c r="F6" s="6">
-        <v>0.0891</v>
+        <v>0.0787</v>
       </c>
       <c r="G6" s="6">
-        <v>0.4865</v>
+        <v>0.7462</v>
       </c>
       <c r="H6" s="6">
-        <v>0.2481</v>
+        <v>0.0248</v>
       </c>
       <c r="I6" s="6">
-        <v>0.5111</v>
+        <v>0.1968</v>
       </c>
       <c r="J6" s="6">
-        <v>0.0097</v>
+        <v>0.3696</v>
       </c>
       <c r="K6" s="6">
-        <v>0.0238</v>
+        <v>0.0911</v>
       </c>
       <c r="L6" s="6">
-        <v>0.1283</v>
+        <v>0.1278</v>
       </c>
       <c r="M6" s="6">
-        <v>0.2059</v>
+        <v>-0.0326</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="5">
-        <v>44926</v>
+        <v>45291</v>
       </c>
       <c r="B7" s="6">
-        <v>0.1914</v>
+        <v>0.1522</v>
       </c>
       <c r="C7" s="6">
-        <v>0.686</v>
+        <v>0.4694</v>
       </c>
       <c r="D7" s="6">
-        <v>1.7897</v>
+        <v>1.0778</v>
       </c>
       <c r="E7" s="6">
-        <v>0.2037</v>
+        <v>0.2727</v>
       </c>
       <c r="F7" s="6">
-        <v>0.1439</v>
+        <v>0.0891</v>
       </c>
       <c r="G7" s="6">
-        <v>0.5864</v>
+        <v>0.4865</v>
       </c>
       <c r="H7" s="6">
-        <v>0.2162</v>
+        <v>0.2481</v>
       </c>
       <c r="I7" s="6">
-        <v>0.2336</v>
+        <v>0.5111</v>
       </c>
       <c r="J7" s="6">
-        <v>0.3157</v>
+        <v>0.0097</v>
       </c>
       <c r="K7" s="6">
-        <v>0.3279</v>
+        <v>0.0238</v>
       </c>
       <c r="L7" s="6">
-        <v>0.158</v>
+        <v>0.1283</v>
       </c>
       <c r="M7" s="6">
-        <v>0.2388</v>
+        <v>0.2059</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="5">
-        <v>44561</v>
+        <v>44926</v>
       </c>
       <c r="B8" s="6">
-        <v>0.4303</v>
+        <v>0.1914</v>
       </c>
       <c r="C8" s="6">
-        <v>0.7491</v>
+        <v>0.686</v>
       </c>
       <c r="D8" s="6">
-        <v>0.8796</v>
+        <v>1.7897</v>
       </c>
       <c r="E8" s="6">
-        <v>0.1946</v>
+        <v>0.2037</v>
       </c>
       <c r="F8" s="6">
-        <v>0.1424</v>
+        <v>0.1439</v>
       </c>
       <c r="G8" s="6">
-        <v>0.6216</v>
+        <v>0.5864</v>
       </c>
       <c r="H8" s="6">
-        <v>0.2955</v>
+        <v>0.2162</v>
       </c>
       <c r="I8" s="6">
-        <v>0.282</v>
+        <v>0.2336</v>
       </c>
       <c r="J8" s="6">
-        <v>0.3417</v>
+        <v>0.3157</v>
       </c>
       <c r="K8" s="6">
-        <v>0.2847</v>
+        <v>0.3279</v>
       </c>
       <c r="L8" s="6">
-        <v>0.1894</v>
+        <v>0.158</v>
       </c>
       <c r="M8" s="6">
-        <v>0.2319</v>
+        <v>0.2388</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="5">
-        <v>44196</v>
+        <v>44561</v>
       </c>
       <c r="B9" s="6">
-        <v>0.3186</v>
+        <v>0.4303</v>
       </c>
       <c r="C9" s="6">
-        <v>0.353</v>
+        <v>0.7491</v>
       </c>
       <c r="D9" s="6">
-        <v>0.772</v>
+        <v>0.8796</v>
       </c>
       <c r="E9" s="6">
-        <v>-0.2384</v>
+        <v>0.1946</v>
       </c>
       <c r="F9" s="6">
-        <v>0.0917</v>
+        <v>0.1424</v>
       </c>
       <c r="G9" s="6">
-        <v>1.0979</v>
+        <v>0.6216</v>
       </c>
       <c r="H9" s="6">
-        <v>0.0068</v>
+        <v>0.2955</v>
       </c>
       <c r="I9" s="6">
-        <v>0.2325</v>
+        <v>0.282</v>
       </c>
       <c r="J9" s="6">
-        <v>0.2791</v>
+        <v>0.3417</v>
       </c>
       <c r="K9" s="6">
-        <v>0.1521</v>
+        <v>0.2847</v>
       </c>
       <c r="L9" s="6">
-        <v>0.1847</v>
+        <v>0.1894</v>
       </c>
       <c r="M9" s="6">
-        <v>0.3122</v>
+        <v>0.2319</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="5">
-        <v>43830</v>
+        <v>44196</v>
       </c>
       <c r="B10" s="6">
-        <v>0.1908</v>
+        <v>0.3186</v>
       </c>
       <c r="C10" s="6">
-        <v>0.0</v>
+        <v>0.353</v>
       </c>
       <c r="D10" s="6">
-        <v>0.8107</v>
+        <v>0.772</v>
       </c>
       <c r="E10" s="6">
-        <v>0.0666</v>
+        <v>-0.2384</v>
       </c>
       <c r="F10" s="6">
-        <v>0.0994</v>
+        <v>0.0917</v>
       </c>
       <c r="G10" s="6">
-        <v>3.1909</v>
+        <v>1.0979</v>
       </c>
       <c r="H10" s="6">
-        <v>0.2391</v>
+        <v>0.0068</v>
       </c>
       <c r="I10" s="6">
-        <v>0.2542</v>
+        <v>0.2325</v>
       </c>
       <c r="J10" s="6">
-        <v>0.3799</v>
+        <v>0.2791</v>
       </c>
       <c r="K10" s="6">
-        <v>0.2577</v>
+        <v>0.1521</v>
       </c>
       <c r="L10" s="6">
-        <v>0.1245</v>
+        <v>0.1847</v>
       </c>
       <c r="M10" s="6">
-        <v>0.1934</v>
+        <v>0.3122</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="5">
-        <v>43465</v>
+        <v>43830</v>
       </c>
       <c r="B11" s="6">
-        <v>0.2791</v>
+        <v>0.1908</v>
       </c>
       <c r="C11" s="6">
         <v>0.0</v>
       </c>
       <c r="D11" s="6">
-        <v>0.6715</v>
+        <v>0.8107</v>
       </c>
       <c r="E11" s="6">
-        <v>0.3507</v>
+        <v>0.0666</v>
       </c>
       <c r="F11" s="6">
-        <v>0.094</v>
+        <v>0.0994</v>
       </c>
       <c r="G11" s="6">
-        <v>0.3288</v>
+        <v>3.1909</v>
       </c>
       <c r="H11" s="6">
-        <v>0.2551</v>
+        <v>0.2391</v>
       </c>
       <c r="I11" s="6">
-        <v>0.256</v>
+        <v>0.2542</v>
       </c>
       <c r="J11" s="6">
-        <v>0.233</v>
+        <v>0.3799</v>
       </c>
       <c r="K11" s="6">
-        <v>0.1759</v>
+        <v>0.2577</v>
       </c>
       <c r="L11" s="6">
-        <v>0.1065</v>
+        <v>0.1245</v>
       </c>
       <c r="M11" s="6">
-        <v>0.4728</v>
+        <v>0.1934</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="5">
-        <v>43100</v>
+        <v>43465</v>
       </c>
       <c r="B12" s="6">
-        <v>0.1951</v>
+        <v>0.2791</v>
       </c>
       <c r="C12" s="6">
-        <v>1.0416</v>
+        <v>0.0</v>
       </c>
       <c r="D12" s="6">
-        <v>0.0784</v>
+        <v>0.6715</v>
       </c>
       <c r="E12" s="6">
-        <v>0.0858</v>
+        <v>0.3507</v>
       </c>
       <c r="F12" s="6">
-        <v>0.0945</v>
+        <v>0.094</v>
       </c>
       <c r="G12" s="6">
-        <v>-0.0176</v>
+        <v>0.3288</v>
       </c>
       <c r="H12" s="6">
-        <v>0.2264</v>
+        <v>0.2551</v>
       </c>
       <c r="I12" s="6">
-        <v>0.0216</v>
+        <v>0.256</v>
       </c>
       <c r="J12" s="6">
-        <v>0.0697</v>
+        <v>0.233</v>
       </c>
       <c r="K12" s="6">
-        <v>0.2947</v>
+        <v>0.1759</v>
       </c>
       <c r="L12" s="6">
-        <v>0.0876</v>
+        <v>0.1065</v>
       </c>
       <c r="M12" s="6">
-        <v>0.1299</v>
+        <v>0.4728</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="5">
-        <v>42735</v>
+        <v>43100</v>
       </c>
       <c r="B13" s="6">
-        <v>0.2013</v>
+        <v>0.1951</v>
       </c>
       <c r="C13" s="6">
-        <v>1.2841</v>
+        <v>1.0416</v>
       </c>
       <c r="D13" s="6">
-        <v>0.2585</v>
+        <v>0.0784</v>
       </c>
       <c r="E13" s="6">
-        <v>0.2755</v>
+        <v>0.0858</v>
       </c>
       <c r="F13" s="6">
-        <v>0.111</v>
+        <v>0.0945</v>
       </c>
       <c r="G13" s="6">
-        <v>0.1954</v>
+        <v>-0.0176</v>
       </c>
       <c r="H13" s="6">
-        <v>0.7148</v>
+        <v>0.2264</v>
       </c>
       <c r="I13" s="6">
-        <v>0.2349</v>
+        <v>0.0216</v>
       </c>
       <c r="J13" s="6">
-        <v>0.0978</v>
+        <v>0.0697</v>
       </c>
       <c r="K13" s="6">
-        <v>0.1212</v>
+        <v>0.2947</v>
       </c>
       <c r="L13" s="6">
-        <v>0.0939</v>
+        <v>0.0876</v>
       </c>
       <c r="M13" s="6">
-        <v>-0.0969</v>
+        <v>0.1299</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="5">
-        <v>42369</v>
+        <v>42735</v>
       </c>
       <c r="B14" s="6">
-        <v>0.174</v>
+        <v>0.2013</v>
       </c>
       <c r="C14" s="6">
-        <v>1.3039</v>
+        <v>1.2841</v>
       </c>
       <c r="D14" s="6">
-        <v>0.2471</v>
+        <v>0.2585</v>
       </c>
       <c r="E14" s="6">
-        <v>0.1097</v>
+        <v>0.2755</v>
       </c>
       <c r="F14" s="6">
-        <v>0.1417</v>
+        <v>0.111</v>
       </c>
       <c r="G14" s="6">
-        <v>0.1653</v>
+        <v>0.1954</v>
       </c>
       <c r="H14" s="6">
-        <v>0.977</v>
+        <v>0.7148</v>
       </c>
       <c r="I14" s="6">
-        <v>0.2166</v>
+        <v>0.2349</v>
       </c>
       <c r="J14" s="6">
-        <v>0.0994</v>
+        <v>0.0978</v>
       </c>
       <c r="K14" s="6">
-        <v>0.1075</v>
+        <v>0.1212</v>
       </c>
       <c r="L14" s="6">
-        <v>0.0925</v>
+        <v>0.0939</v>
       </c>
       <c r="M14" s="6">
-        <v>-0.5919</v>
+        <v>-0.0969</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="5">
-        <v>42004</v>
+        <v>42369</v>
       </c>
       <c r="B15" s="6">
-        <v>0.1369</v>
+        <v>0.174</v>
       </c>
       <c r="C15" s="6">
-        <v>1.0184</v>
+        <v>1.3039</v>
       </c>
       <c r="D15" s="6">
-        <v>0.2001</v>
+        <v>0.2471</v>
       </c>
       <c r="E15" s="6">
-        <v>0.1349</v>
+        <v>0.1097</v>
       </c>
       <c r="F15" s="6">
-        <v>0.1111</v>
+        <v>0.1417</v>
       </c>
       <c r="G15" s="6">
-        <v>0.1555</v>
+        <v>0.1653</v>
       </c>
       <c r="H15" s="6">
-        <v>0.7845</v>
+        <v>0.977</v>
       </c>
       <c r="I15" s="6">
-        <v>0.234</v>
+        <v>0.2166</v>
       </c>
       <c r="J15" s="6">
-        <v>0.245</v>
+        <v>0.0994</v>
       </c>
       <c r="K15" s="6">
-        <v>0.1281</v>
+        <v>0.1075</v>
       </c>
       <c r="L15" s="6">
-        <v>0.0922</v>
+        <v>0.0925</v>
       </c>
       <c r="M15" s="6">
-        <v>-0.687</v>
+        <v>-0.5919</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="5">
-        <v>41639</v>
+        <v>42004</v>
       </c>
       <c r="B16" s="6">
-        <v>0.2174</v>
+        <v>0.1369</v>
       </c>
       <c r="C16" s="6">
-        <v>0.919</v>
+        <v>1.0184</v>
       </c>
       <c r="D16" s="6">
-        <v>0.23</v>
+        <v>0.2001</v>
       </c>
       <c r="E16" s="6">
-        <v>0.1691</v>
+        <v>0.1349</v>
       </c>
       <c r="F16" s="6">
-        <v>0.1204</v>
+        <v>0.1111</v>
       </c>
       <c r="G16" s="6">
-        <v>0.2657</v>
+        <v>0.1555</v>
       </c>
       <c r="H16" s="6">
-        <v>0.2705</v>
+        <v>0.7845</v>
       </c>
       <c r="I16" s="6">
-        <v>0.1868</v>
+        <v>0.234</v>
       </c>
       <c r="J16" s="6">
-        <v>0.0885</v>
+        <v>0.245</v>
       </c>
       <c r="K16" s="6">
-        <v>0.2883</v>
+        <v>0.1281</v>
       </c>
       <c r="L16" s="6">
-        <v>0.0755</v>
+        <v>0.0922</v>
       </c>
       <c r="M16" s="6">
-        <v>-0.3281</v>
+        <v>-0.687</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="5">
-        <v>41274</v>
+        <v>41639</v>
       </c>
       <c r="B17" s="6">
-        <v>0.6024</v>
+        <v>0.2174</v>
       </c>
       <c r="C17" s="6">
-        <v>1.5685</v>
+        <v>0.919</v>
       </c>
       <c r="D17" s="6">
-        <v>0.228</v>
+        <v>0.23</v>
       </c>
       <c r="E17" s="6">
-        <v>0.1439</v>
+        <v>0.1691</v>
       </c>
       <c r="F17" s="6">
-        <v>0.1258</v>
+        <v>0.1204</v>
       </c>
       <c r="G17" s="6">
-        <v>0.2769</v>
+        <v>0.2657</v>
       </c>
       <c r="H17" s="6">
-        <v>0.2784</v>
+        <v>0.2705</v>
       </c>
       <c r="I17" s="6">
-        <v>0.1674</v>
+        <v>0.1868</v>
       </c>
       <c r="J17" s="6">
-        <v>0.1163</v>
+        <v>0.0885</v>
       </c>
       <c r="K17" s="6">
-        <v>0.1793</v>
+        <v>0.2883</v>
       </c>
       <c r="L17" s="6">
-        <v>0.0762</v>
+        <v>0.0755</v>
       </c>
       <c r="M17" s="6">
-        <v>-0.1071</v>
+        <v>-0.3281</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="5">
-        <v>40908</v>
+        <v>41274</v>
       </c>
       <c r="B18" s="6">
-        <v>-0.4565</v>
+        <v>0.6024</v>
       </c>
       <c r="C18" s="6">
-        <v>0.0</v>
+        <v>1.5685</v>
       </c>
       <c r="D18" s="6">
-        <v>0.1935</v>
+        <v>0.228</v>
       </c>
       <c r="E18" s="6">
-        <v>0.2325</v>
+        <v>0.1439</v>
       </c>
       <c r="F18" s="6">
-        <v>0.1285</v>
+        <v>0.1258</v>
       </c>
       <c r="G18" s="6">
-        <v>0.3211</v>
+        <v>0.2769</v>
       </c>
       <c r="H18" s="6">
-        <v>0.416</v>
+        <v>0.2784</v>
       </c>
       <c r="I18" s="6">
-        <v>0.1694</v>
+        <v>0.1674</v>
       </c>
       <c r="J18" s="6">
-        <v>0.115</v>
+        <v>0.1163</v>
       </c>
       <c r="K18" s="6">
-        <v>0.1218</v>
+        <v>0.1793</v>
       </c>
       <c r="L18" s="6">
-        <v>0.0884</v>
+        <v>0.0762</v>
       </c>
       <c r="M18" s="6">
-        <v>0.0376</v>
+        <v>-0.1071</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="5">
-        <v>40543</v>
+        <v>40908</v>
       </c>
       <c r="B19" s="6">
-        <v>-0.1979</v>
+        <v>-0.4565</v>
       </c>
       <c r="C19" s="6">
         <v>0.0</v>
       </c>
       <c r="D19" s="6">
-        <v>0.1932</v>
+        <v>0.1935</v>
       </c>
       <c r="E19" s="6">
-        <v>0.1974</v>
+        <v>0.2325</v>
       </c>
       <c r="F19" s="6">
-        <v>0.1308</v>
+        <v>0.1285</v>
       </c>
       <c r="G19" s="6">
-        <v>0.4082</v>
+        <v>0.3211</v>
       </c>
       <c r="H19" s="6">
-        <v>0.4948</v>
+        <v>0.416</v>
       </c>
       <c r="I19" s="6">
-        <v>0.2357</v>
+        <v>0.1694</v>
       </c>
       <c r="J19" s="6">
-        <v>0.0158</v>
+        <v>0.115</v>
       </c>
       <c r="K19" s="6">
-        <v>0.094</v>
+        <v>0.1218</v>
       </c>
       <c r="L19" s="6">
-        <v>0.0674</v>
+        <v>0.0884</v>
       </c>
       <c r="M19" s="6">
-        <v>-1.4974</v>
+        <v>0.0376</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="5">
-        <v>40178</v>
+        <v>40543</v>
       </c>
       <c r="B20" s="6">
-        <v>-0.171</v>
+        <v>-0.1979</v>
       </c>
       <c r="C20" s="6">
         <v>0.0</v>
       </c>
       <c r="D20" s="6">
-        <v>0.2032</v>
+        <v>0.1932</v>
       </c>
       <c r="E20" s="6">
-        <v>0.7149</v>
+        <v>0.1974</v>
       </c>
       <c r="F20" s="6">
-        <v>0.099</v>
+        <v>0.1308</v>
       </c>
       <c r="G20" s="6">
-        <v>0.4545</v>
+        <v>0.4082</v>
       </c>
       <c r="H20" s="6">
-        <v>0.414</v>
+        <v>0.4948</v>
       </c>
       <c r="I20" s="6">
-        <v>0.2425</v>
+        <v>0.2357</v>
       </c>
       <c r="J20" s="6">
-        <v>0.2185</v>
+        <v>0.0158</v>
       </c>
       <c r="K20" s="6">
-        <v>0.0959</v>
+        <v>0.094</v>
       </c>
       <c r="L20" s="6">
-        <v>0.0551</v>
+        <v>0.0674</v>
       </c>
       <c r="M20" s="6">
-        <v>-0.5857</v>
+        <v>-1.4974</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="5">
-        <v>39813</v>
+        <v>40178</v>
       </c>
       <c r="B21" s="6">
-        <v>-0.1975</v>
+        <v>-0.171</v>
       </c>
       <c r="C21" s="6">
         <v>0.0</v>
       </c>
       <c r="D21" s="6">
-        <v>0.2058</v>
+        <v>0.2032</v>
       </c>
       <c r="E21" s="6">
-        <v>0.4286</v>
+        <v>0.7149</v>
       </c>
       <c r="F21" s="6">
-        <v>0.1343</v>
+        <v>0.099</v>
       </c>
       <c r="G21" s="6">
-        <v>-0.3076</v>
+        <v>0.4545</v>
       </c>
       <c r="H21" s="6">
-        <v>0.4843</v>
+        <v>0.414</v>
       </c>
       <c r="I21" s="6">
-        <v>0.3046</v>
+        <v>0.2425</v>
       </c>
       <c r="J21" s="6">
-        <v>0.4163</v>
+        <v>0.2185</v>
       </c>
       <c r="K21" s="6">
-        <v>0.1408</v>
+        <v>0.0959</v>
       </c>
       <c r="L21" s="6">
-        <v>0.0666</v>
+        <v>0.0551</v>
       </c>
       <c r="M21" s="6">
-        <v>-1.9251</v>
+        <v>-0.5857</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="5">
-        <v>39447</v>
+        <v>39813</v>
       </c>
       <c r="B22" s="6">
-        <v>-0.2294</v>
+        <v>-0.1975</v>
       </c>
       <c r="C22" s="6">
         <v>0.0</v>
       </c>
       <c r="D22" s="6">
-        <v>0.1772</v>
+        <v>0.2058</v>
       </c>
       <c r="E22" s="6">
-        <v>0.205</v>
+        <v>0.4286</v>
       </c>
       <c r="F22" s="6">
-        <v>0.1508</v>
+        <v>0.1343</v>
       </c>
       <c r="G22" s="6">
-        <v>0.2161</v>
+        <v>-0.3076</v>
       </c>
       <c r="H22" s="6">
-        <v>0.4669</v>
+        <v>0.4843</v>
       </c>
       <c r="I22" s="6">
-        <v>0.2441</v>
+        <v>0.3046</v>
       </c>
       <c r="J22" s="6">
-        <v>0.1801</v>
+        <v>0.4163</v>
       </c>
       <c r="K22" s="6">
-        <v>0.1253</v>
+        <v>0.1408</v>
       </c>
       <c r="L22" s="6">
-        <v>0.0525</v>
+        <v>0.0666</v>
       </c>
       <c r="M22" s="6">
-        <v>-1.4423</v>
+        <v>-1.9251</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="5">
-        <v>39082</v>
+        <v>39447</v>
       </c>
       <c r="B23" s="6">
-        <v>-0.4724</v>
+        <v>-0.2294</v>
       </c>
       <c r="C23" s="6">
         <v>0.0</v>
       </c>
       <c r="D23" s="6">
-        <v>0.1556</v>
+        <v>0.1772</v>
       </c>
       <c r="E23" s="6">
-        <v>0.1586</v>
+        <v>0.205</v>
       </c>
       <c r="F23" s="6">
-        <v>0.1689</v>
+        <v>0.1508</v>
       </c>
       <c r="G23" s="6">
-        <v>0.2425</v>
+        <v>0.2161</v>
       </c>
       <c r="H23" s="6">
-        <v>-0.6554</v>
+        <v>0.4669</v>
       </c>
       <c r="I23" s="6">
-        <v>0.2811</v>
+        <v>0.2441</v>
       </c>
       <c r="J23" s="6">
-        <v>0.2525</v>
+        <v>0.1801</v>
       </c>
       <c r="K23" s="6">
-        <v>0.271</v>
+        <v>0.1253</v>
       </c>
       <c r="L23" s="6">
-        <v>0.0121</v>
+        <v>0.0525</v>
       </c>
       <c r="M23" s="6">
-        <v>-0.4089</v>
+        <v>-1.4423</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="5">
-        <v>38717</v>
+        <v>39082</v>
       </c>
       <c r="B24" s="6">
-        <v>-0.8372</v>
+        <v>-0.4724</v>
       </c>
       <c r="C24" s="6">
         <v>0.0</v>
       </c>
       <c r="D24" s="6">
+        <v>0.1556</v>
+      </c>
+      <c r="E24" s="6">
+        <v>0.1586</v>
+      </c>
+      <c r="F24" s="6">
+        <v>0.1689</v>
+      </c>
+      <c r="G24" s="6">
+        <v>0.2425</v>
+      </c>
+      <c r="H24" s="6">
+        <v>-0.6554</v>
+      </c>
+      <c r="I24" s="6">
+        <v>0.2811</v>
+      </c>
+      <c r="J24" s="6">
+        <v>0.2525</v>
+      </c>
+      <c r="K24" s="6">
+        <v>0.271</v>
+      </c>
+      <c r="L24" s="6">
+        <v>0.0121</v>
+      </c>
+      <c r="M24" s="6">
+        <v>-0.4089</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13">
+      <c r="A25" s="5">
+        <v>38717</v>
+      </c>
+      <c r="B25" s="6">
+        <v>-0.8372</v>
+      </c>
+      <c r="C25" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="D25" s="6">
         <v>0.1796</v>
       </c>
-      <c r="E24" s="6">
+      <c r="E25" s="6">
         <v>0.2677</v>
       </c>
-      <c r="F24" s="6">
+      <c r="F25" s="6">
         <v>0.1767</v>
       </c>
-      <c r="G24" s="6">
+      <c r="G25" s="6">
         <v>0.1834</v>
       </c>
-      <c r="H24" s="6">
+      <c r="H25" s="6">
         <v>0.2688</v>
       </c>
-      <c r="I24" s="6">
+      <c r="I25" s="6">
         <v>0.2749</v>
       </c>
-      <c r="J24" s="6">
+      <c r="J25" s="6">
         <v>0.2585</v>
       </c>
-      <c r="K24" s="6">
+      <c r="K25" s="6">
         <v>0.1232</v>
       </c>
-      <c r="L24" s="6">
+      <c r="L25" s="6">
         <v>0.0799</v>
       </c>
-      <c r="M24" s="6">
+      <c r="M25" s="6">
         <v>-0.8505</v>
       </c>
     </row>
-    <row r="25" spans="1:13">
-      <c r="A25" s="8" t="s">
+    <row r="26" spans="1:13">
+      <c r="A26" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="B25" s="8"/>
-[...10 lines deleted...]
-      <c r="M25" s="8"/>
+      <c r="B26" s="8"/>
+      <c r="C26" s="8"/>
+      <c r="D26" s="8"/>
+      <c r="E26" s="8"/>
+      <c r="F26" s="8"/>
+      <c r="G26" s="8"/>
+      <c r="H26" s="8"/>
+      <c r="I26" s="8"/>
+      <c r="J26" s="8"/>
+      <c r="K26" s="8"/>
+      <c r="L26" s="8"/>
+      <c r="M26" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C25"/>
+  <dimension ref="A1:C26"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="C25" sqref="C25"/>
+      <selection activeCell="C26" sqref="C26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="3"/>
       <c r="B4" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="5">
-        <v>45657</v>
+        <v>46022</v>
       </c>
       <c r="B5" s="6">
-        <v>0.1503</v>
+        <v>0.1441</v>
       </c>
       <c r="C5" s="6">
-        <v>0.1557</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="5">
-        <v>45291</v>
+        <v>45657</v>
       </c>
       <c r="B6" s="6">
-        <v>0.1522</v>
+        <v>0.1503</v>
       </c>
       <c r="C6" s="6">
-        <v>0.2065</v>
+        <v>0.1557</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="5">
-        <v>44926</v>
+        <v>45291</v>
       </c>
       <c r="B7" s="6">
-        <v>0.1914</v>
+        <v>0.1522</v>
       </c>
       <c r="C7" s="6">
-        <v>0.2799</v>
+        <v>0.2065</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="5">
-        <v>44561</v>
+        <v>44926</v>
       </c>
       <c r="B8" s="6">
-        <v>0.4303</v>
+        <v>0.1914</v>
       </c>
       <c r="C8" s="6">
-        <v>0.2975</v>
+        <v>0.2799</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="5">
-        <v>44196</v>
+        <v>44561</v>
       </c>
       <c r="B9" s="6">
-        <v>0.3186</v>
+        <v>0.4303</v>
       </c>
       <c r="C9" s="6">
-        <v>0.1722</v>
+        <v>0.2975</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="5">
-        <v>43830</v>
+        <v>44196</v>
       </c>
       <c r="B10" s="6">
-        <v>0.1908</v>
+        <v>0.3186</v>
       </c>
       <c r="C10" s="6">
-        <v>0.2768</v>
+        <v>0.1722</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="5">
-        <v>43465</v>
+        <v>43830</v>
       </c>
       <c r="B11" s="6">
-        <v>0.2791</v>
+        <v>0.1908</v>
       </c>
       <c r="C11" s="6">
-        <v>0.2629</v>
+        <v>0.2768</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="5">
-        <v>43100</v>
+        <v>43465</v>
       </c>
       <c r="B12" s="6">
-        <v>0.1951</v>
+        <v>0.2791</v>
       </c>
       <c r="C12" s="6">
-        <v>0.1459</v>
+        <v>0.2629</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="5">
-        <v>42735</v>
+        <v>43100</v>
       </c>
       <c r="B13" s="6">
-        <v>0.2013</v>
+        <v>0.1951</v>
       </c>
       <c r="C13" s="6">
-        <v>0.2219</v>
+        <v>0.1459</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="5">
-        <v>42369</v>
+        <v>42735</v>
       </c>
       <c r="B14" s="6">
-        <v>0.174</v>
+        <v>0.2013</v>
       </c>
       <c r="C14" s="6">
-        <v>0.2144</v>
+        <v>0.2219</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="5">
-        <v>42004</v>
+        <v>42369</v>
       </c>
       <c r="B15" s="6">
-        <v>0.1369</v>
+        <v>0.174</v>
       </c>
       <c r="C15" s="6">
-        <v>0.2091</v>
+        <v>0.2144</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="5">
-        <v>41639</v>
+        <v>42004</v>
       </c>
       <c r="B16" s="6">
-        <v>0.2174</v>
+        <v>0.1369</v>
       </c>
       <c r="C16" s="6">
-        <v>0.2033</v>
+        <v>0.2091</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="5">
-        <v>41274</v>
+        <v>41639</v>
       </c>
       <c r="B17" s="6">
-        <v>0.6024</v>
+        <v>0.2174</v>
       </c>
       <c r="C17" s="6">
-        <v>0.1827</v>
+        <v>0.2033</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="5">
-        <v>40908</v>
+        <v>41274</v>
       </c>
       <c r="B18" s="6">
-        <v>-0.4565</v>
+        <v>0.6024</v>
       </c>
       <c r="C18" s="6">
-        <v>0.1552</v>
+        <v>0.1827</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="5">
-        <v>40543</v>
+        <v>40908</v>
       </c>
       <c r="B19" s="6">
-        <v>-0.1979</v>
+        <v>-0.4565</v>
       </c>
       <c r="C19" s="6">
-        <v>0.1399</v>
+        <v>0.1552</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="5">
-        <v>40178</v>
+        <v>40543</v>
       </c>
       <c r="B20" s="6">
-        <v>-0.171</v>
+        <v>-0.1979</v>
       </c>
       <c r="C20" s="6">
-        <v>0.2034</v>
+        <v>0.1399</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="5">
-        <v>39813</v>
+        <v>40178</v>
       </c>
       <c r="B21" s="6">
-        <v>-0.1975</v>
+        <v>-0.171</v>
       </c>
       <c r="C21" s="6">
-        <v>0.2131</v>
+        <v>0.2034</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="5">
-        <v>39447</v>
+        <v>39813</v>
       </c>
       <c r="B22" s="6">
-        <v>-0.2294</v>
+        <v>-0.1975</v>
       </c>
       <c r="C22" s="6">
-        <v>0.1707</v>
+        <v>0.2131</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="5">
-        <v>39082</v>
+        <v>39447</v>
       </c>
       <c r="B23" s="6">
-        <v>-0.4724</v>
+        <v>-0.2294</v>
       </c>
       <c r="C23" s="6">
-        <v>0.2186</v>
+        <v>0.1707</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="5">
+        <v>39082</v>
+      </c>
+      <c r="B24" s="6">
+        <v>-0.4724</v>
+      </c>
+      <c r="C24" s="6">
+        <v>0.2186</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="5">
         <v>38717</v>
       </c>
-      <c r="B24" s="6">
+      <c r="B25" s="6">
         <v>-0.8372</v>
       </c>
-      <c r="C24" s="6">
+      <c r="C25" s="6">
         <v>0.1908</v>
       </c>
     </row>
-    <row r="25" spans="1:3">
-      <c r="A25" s="8" t="s">
+    <row r="26" spans="1:3">
+      <c r="A26" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="B25" s="8"/>
-      <c r="C25" s="8"/>
+      <c r="B26" s="8"/>
+      <c r="C26" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C25"/>
+  <dimension ref="A1:C26"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="C25" sqref="C25"/>
+      <selection activeCell="C26" sqref="C26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="3"/>
       <c r="B4" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="5">
-        <v>45657</v>
+        <v>46022</v>
       </c>
       <c r="B5" s="6">
-        <v>0.1503</v>
+        <v>0.1441</v>
       </c>
       <c r="C5" s="6">
-        <v>0.1574</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="5">
-        <v>45291</v>
+        <v>45657</v>
       </c>
       <c r="B6" s="6">
-        <v>0.1522</v>
+        <v>0.1503</v>
       </c>
       <c r="C6" s="6">
-        <v>0.194</v>
+        <v>0.1574</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="5">
-        <v>44926</v>
+        <v>45291</v>
       </c>
       <c r="B7" s="6">
-        <v>0.1914</v>
+        <v>0.1522</v>
       </c>
       <c r="C7" s="6">
-        <v>0.2482</v>
+        <v>0.194</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="5">
-        <v>44561</v>
+        <v>44926</v>
       </c>
       <c r="B8" s="6">
-        <v>0.4303</v>
+        <v>0.1914</v>
       </c>
       <c r="C8" s="6">
-        <v>0.2544</v>
+        <v>0.2482</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="5">
-        <v>44196</v>
+        <v>44561</v>
       </c>
       <c r="B9" s="6">
-        <v>0.3186</v>
+        <v>0.4303</v>
       </c>
       <c r="C9" s="6">
-        <v>0.167</v>
+        <v>0.2544</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="5">
-        <v>43830</v>
+        <v>44196</v>
       </c>
       <c r="B10" s="6">
-        <v>0.1908</v>
+        <v>0.3186</v>
       </c>
       <c r="C10" s="6">
-        <v>0.233</v>
+        <v>0.167</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="5">
-        <v>43465</v>
+        <v>43830</v>
       </c>
       <c r="B11" s="6">
-        <v>0.2791</v>
+        <v>0.1908</v>
       </c>
       <c r="C11" s="6">
-        <v>0.2127</v>
+        <v>0.233</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="5">
-        <v>43100</v>
+        <v>43465</v>
       </c>
       <c r="B12" s="6">
-        <v>0.1951</v>
+        <v>0.2791</v>
       </c>
       <c r="C12" s="6">
-        <v>0.1377</v>
+        <v>0.2127</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="5">
-        <v>42735</v>
+        <v>43100</v>
       </c>
       <c r="B13" s="6">
-        <v>0.2013</v>
+        <v>0.1951</v>
       </c>
       <c r="C13" s="6">
-        <v>0.1853</v>
+        <v>0.1377</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="5">
-        <v>42369</v>
+        <v>42735</v>
       </c>
       <c r="B14" s="6">
-        <v>0.174</v>
+        <v>0.2013</v>
       </c>
       <c r="C14" s="6">
-        <v>0.1852</v>
+        <v>0.1853</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="5">
-        <v>42004</v>
+        <v>42369</v>
       </c>
       <c r="B15" s="6">
-        <v>0.1369</v>
+        <v>0.174</v>
       </c>
       <c r="C15" s="6">
-        <v>0.1917</v>
+        <v>0.1852</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="5">
-        <v>41639</v>
+        <v>42004</v>
       </c>
       <c r="B16" s="6">
-        <v>0.2174</v>
+        <v>0.1369</v>
       </c>
       <c r="C16" s="6">
-        <v>0.1881</v>
+        <v>0.1917</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="5">
-        <v>41274</v>
+        <v>41639</v>
       </c>
       <c r="B17" s="6">
-        <v>0.6024</v>
+        <v>0.2174</v>
       </c>
       <c r="C17" s="6">
-        <v>0.182</v>
+        <v>0.1881</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="5">
-        <v>40908</v>
+        <v>41274</v>
       </c>
       <c r="B18" s="6">
-        <v>-0.4565</v>
+        <v>0.6024</v>
       </c>
       <c r="C18" s="6">
-        <v>0.159</v>
+        <v>0.182</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="5">
-        <v>40543</v>
+        <v>40908</v>
       </c>
       <c r="B19" s="6">
-        <v>-0.1979</v>
+        <v>-0.4565</v>
       </c>
       <c r="C19" s="6">
-        <v>0.1485</v>
+        <v>0.159</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="5">
-        <v>40178</v>
+        <v>40543</v>
       </c>
       <c r="B20" s="6">
-        <v>-0.171</v>
+        <v>-0.1979</v>
       </c>
       <c r="C20" s="6">
-        <v>0.2014</v>
+        <v>0.1485</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="5">
-        <v>39813</v>
+        <v>40178</v>
       </c>
       <c r="B21" s="6">
-        <v>-0.1975</v>
+        <v>-0.171</v>
       </c>
       <c r="C21" s="6">
-        <v>0.2029</v>
+        <v>0.2014</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="5">
-        <v>39447</v>
+        <v>39813</v>
       </c>
       <c r="B22" s="6">
-        <v>-0.2294</v>
+        <v>-0.1975</v>
       </c>
       <c r="C22" s="6">
-        <v>0.1787</v>
+        <v>0.2029</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="5">
-        <v>39082</v>
+        <v>39447</v>
       </c>
       <c r="B23" s="6">
-        <v>-0.4724</v>
+        <v>-0.2294</v>
       </c>
       <c r="C23" s="6">
-        <v>0.2049</v>
+        <v>0.1787</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="5">
+        <v>39082</v>
+      </c>
+      <c r="B24" s="6">
+        <v>-0.4724</v>
+      </c>
+      <c r="C24" s="6">
+        <v>0.2049</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="5">
         <v>38717</v>
       </c>
-      <c r="B24" s="6">
+      <c r="B25" s="6">
         <v>-0.8372</v>
       </c>
-      <c r="C24" s="6">
+      <c r="C25" s="6">
         <v>0.1828</v>
       </c>
     </row>
-    <row r="25" spans="1:3">
-      <c r="A25" s="8" t="s">
+    <row r="26" spans="1:3">
+      <c r="A26" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="B25" s="8"/>
-      <c r="C25" s="8"/>
+      <c r="B26" s="8"/>
+      <c r="C26" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">