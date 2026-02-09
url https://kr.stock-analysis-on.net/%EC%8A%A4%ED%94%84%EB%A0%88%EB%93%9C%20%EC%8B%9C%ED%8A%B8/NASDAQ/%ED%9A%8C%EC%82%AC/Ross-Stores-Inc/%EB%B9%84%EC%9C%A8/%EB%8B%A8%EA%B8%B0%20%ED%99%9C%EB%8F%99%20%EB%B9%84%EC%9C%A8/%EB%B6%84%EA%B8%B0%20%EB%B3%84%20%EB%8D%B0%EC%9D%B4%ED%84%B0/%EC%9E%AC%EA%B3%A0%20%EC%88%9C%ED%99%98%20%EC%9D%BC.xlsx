--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -820,60 +820,60 @@
       <c r="A12" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="13">
         <v>43.0</v>
       </c>
       <c r="C12" s="13">
         <v>46.0</v>
       </c>
       <c r="D12" s="13">
         <v>43.0</v>
       </c>
       <c r="E12" s="13">
         <v>43.0</v>
       </c>
       <c r="F12" s="13">
         <v>47.0</v>
       </c>
       <c r="G12" s="13">
         <v>50.0</v>
       </c>
       <c r="H12" s="13">
         <v>46.0</v>
       </c>
       <c r="I12" s="13">
-        <v>44.0</v>
+        <v>0.0</v>
       </c>
       <c r="J12" s="13">
-        <v>42.0</v>
+        <v>0.0</v>
       </c>
       <c r="K12" s="13">
-        <v>33.0</v>
+        <v>0.0</v>
       </c>
       <c r="L12" s="13">
-        <v>35.0</v>
+        <v>0.0</v>
       </c>
       <c r="M12" s="13">
         <v>0.0</v>
       </c>
       <c r="N12" s="13">
         <v>0.0</v>
       </c>
       <c r="O12" s="13">
         <v>0.0</v>
       </c>
       <c r="P12" s="13">
         <v>0.0</v>
       </c>
       <c r="Q12" s="13">
         <v>0.0</v>
       </c>
       <c r="R12" s="13">
         <v>0.0</v>
       </c>
       <c r="S12" s="13">
         <v>0.0</v>
       </c>
       <c r="T12" s="13">
         <v>0.0</v>
       </c>