--- v0 (2025-12-26)
+++ v1 (2026-02-09)
@@ -12,54 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="자산" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>Trade Desk Inc.</t>
   </si>
   <si>
     <t>연결 대차 대조표: 자산</t>
   </si>
   <si>
     <t>분기별 데이터</t>
   </si>
   <si>
     <t>US$ 단위 천</t>
   </si>
   <si>
     <t>현금 및 현금성자산</t>
   </si>
   <si>
     <t>단기투자, 순투자</t>
   </si>
   <si>
     <t>미수금, 신용손실충당금 순</t>
   </si>
   <si>
     <t>선불 비용 및 기타 유동 자산</t>
   </si>
   <si>
@@ -73,67 +70,58 @@
   </si>
   <si>
     <t>이연 소득세</t>
   </si>
   <si>
     <t>기타 자산, 비유동</t>
   </si>
   <si>
     <t>비유동자산</t>
   </si>
   <si>
     <t>총 자산</t>
   </si>
   <si>
     <t>근원: https://kr.stock-analysis-on.net</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-412]yyyy&quot;.&quot; m&quot;.&quot; d&quot;.&quot;"/>
     <numFmt numFmtId="165" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
   </numFmts>
-  <fonts count="7">
+  <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
-      <name val="Calibri"/>
-[...7 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="22"/>
       <color rgb="FF7E261B"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="17"/>
       <color rgb="FF757575"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -187,78 +175,77 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFE2E2E2"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF252525"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="13">
+  <cellXfs count="12">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="165" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="165" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="165" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="1"/>
     </xf>
-    <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
+    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -522,999 +509,994 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:X20"/>
+  <dimension ref="A1:X18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="X20" sqref="X20"/>
+      <selection activeCell="X18" sqref="X18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
+    <row r="2" spans="1:24">
+      <c r="A2" s="2" t="s">
+        <v>1</v>
+      </c>
+    </row>
     <row r="3" spans="1:24">
-      <c r="A3" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A4" s="3" t="s">
+      <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:24">
-      <c r="A5" s="4" t="s">
+      <c r="A5" t="s">
         <v>3</v>
       </c>
     </row>
+    <row r="6" spans="1:24">
+      <c r="A6" s="4"/>
+      <c r="B6" s="5">
+        <v>45930</v>
+      </c>
+      <c r="C6" s="5">
+        <v>45838</v>
+      </c>
+      <c r="D6" s="5">
+        <v>45747</v>
+      </c>
+      <c r="E6" s="5">
+        <v>45657</v>
+      </c>
+      <c r="F6" s="5">
+        <v>45565</v>
+      </c>
+      <c r="G6" s="5">
+        <v>45473</v>
+      </c>
+      <c r="H6" s="5">
+        <v>45382</v>
+      </c>
+      <c r="I6" s="5">
+        <v>45291</v>
+      </c>
+      <c r="J6" s="5">
+        <v>45199</v>
+      </c>
+      <c r="K6" s="5">
+        <v>45107</v>
+      </c>
+      <c r="L6" s="5">
+        <v>45016</v>
+      </c>
+      <c r="M6" s="5">
+        <v>44926</v>
+      </c>
+      <c r="N6" s="5">
+        <v>44834</v>
+      </c>
+      <c r="O6" s="5">
+        <v>44742</v>
+      </c>
+      <c r="P6" s="5">
+        <v>44651</v>
+      </c>
+      <c r="Q6" s="5">
+        <v>44561</v>
+      </c>
+      <c r="R6" s="5">
+        <v>44469</v>
+      </c>
+      <c r="S6" s="5">
+        <v>44377</v>
+      </c>
+      <c r="T6" s="5">
+        <v>44286</v>
+      </c>
+      <c r="U6" s="5">
+        <v>44196</v>
+      </c>
+      <c r="V6" s="5">
+        <v>44104</v>
+      </c>
+      <c r="W6" s="5">
+        <v>44012</v>
+      </c>
+      <c r="X6" s="5">
+        <v>43921</v>
+      </c>
+    </row>
     <row r="7" spans="1:24">
-      <c r="A7" t="s">
+      <c r="A7" s="6" t="s">
         <v>4</v>
       </c>
+      <c r="B7" s="7">
+        <v>653134.0</v>
+      </c>
+      <c r="C7" s="7">
+        <v>896387.0</v>
+      </c>
+      <c r="D7" s="7">
+        <v>1118545.0</v>
+      </c>
+      <c r="E7" s="7">
+        <v>1369463.0</v>
+      </c>
+      <c r="F7" s="7">
+        <v>1221475.0</v>
+      </c>
+      <c r="G7" s="7">
+        <v>1009363.0</v>
+      </c>
+      <c r="H7" s="7">
+        <v>918200.0</v>
+      </c>
+      <c r="I7" s="7">
+        <v>895129.0</v>
+      </c>
+      <c r="J7" s="7">
+        <v>1071764.0</v>
+      </c>
+      <c r="K7" s="7">
+        <v>965831.0</v>
+      </c>
+      <c r="L7" s="7">
+        <v>892702.0</v>
+      </c>
+      <c r="M7" s="7">
+        <v>1030506.0</v>
+      </c>
+      <c r="N7" s="7">
+        <v>994656.0</v>
+      </c>
+      <c r="O7" s="7">
+        <v>932683.0</v>
+      </c>
+      <c r="P7" s="7">
+        <v>844223.0</v>
+      </c>
+      <c r="Q7" s="7">
+        <v>754154.0</v>
+      </c>
+      <c r="R7" s="7">
+        <v>576916.0</v>
+      </c>
+      <c r="S7" s="7">
+        <v>476907.0</v>
+      </c>
+      <c r="T7" s="7">
+        <v>471637.0</v>
+      </c>
+      <c r="U7" s="7">
+        <v>437353.0</v>
+      </c>
+      <c r="V7" s="7">
+        <v>434371.0</v>
+      </c>
+      <c r="W7" s="7">
+        <v>426344.0</v>
+      </c>
+      <c r="X7" s="7">
+        <v>325211.0</v>
+      </c>
     </row>
     <row r="8" spans="1:24">
-      <c r="A8" s="5"/>
-[...67 lines deleted...]
-        <v>43921</v>
+      <c r="A8" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B8" s="7">
+        <v>792313.0</v>
+      </c>
+      <c r="C8" s="7">
+        <v>790874.0</v>
+      </c>
+      <c r="D8" s="7">
+        <v>621826.0</v>
+      </c>
+      <c r="E8" s="7">
+        <v>552026.0</v>
+      </c>
+      <c r="F8" s="7">
+        <v>510290.0</v>
+      </c>
+      <c r="G8" s="7">
+        <v>497168.0</v>
+      </c>
+      <c r="H8" s="7">
+        <v>501360.0</v>
+      </c>
+      <c r="I8" s="7">
+        <v>485159.0</v>
+      </c>
+      <c r="J8" s="7">
+        <v>450117.0</v>
+      </c>
+      <c r="K8" s="7">
+        <v>465113.0</v>
+      </c>
+      <c r="L8" s="7">
+        <v>437730.0</v>
+      </c>
+      <c r="M8" s="7">
+        <v>416080.0</v>
+      </c>
+      <c r="N8" s="7">
+        <v>326745.0</v>
+      </c>
+      <c r="O8" s="7">
+        <v>280459.0</v>
+      </c>
+      <c r="P8" s="7">
+        <v>260347.0</v>
+      </c>
+      <c r="Q8" s="7">
+        <v>204625.0</v>
+      </c>
+      <c r="R8" s="7">
+        <v>221685.0</v>
+      </c>
+      <c r="S8" s="7">
+        <v>228150.0</v>
+      </c>
+      <c r="T8" s="7">
+        <v>208446.0</v>
+      </c>
+      <c r="U8" s="7">
+        <v>186685.0</v>
+      </c>
+      <c r="V8" s="7">
+        <v>122909.0</v>
+      </c>
+      <c r="W8" s="7">
+        <v>128974.0</v>
+      </c>
+      <c r="X8" s="7">
+        <v>120625.0</v>
       </c>
     </row>
     <row r="9" spans="1:24">
-      <c r="A9" s="7" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A9" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="B9" s="7">
+        <v>3478338.0</v>
+      </c>
+      <c r="C9" s="7">
+        <v>3254908.0</v>
+      </c>
+      <c r="D9" s="7">
+        <v>3051928.0</v>
+      </c>
+      <c r="E9" s="7">
+        <v>3330343.0</v>
+      </c>
+      <c r="F9" s="7">
+        <v>2989387.0</v>
+      </c>
+      <c r="G9" s="7">
+        <v>2905533.0</v>
+      </c>
+      <c r="H9" s="7">
+        <v>2619280.0</v>
+      </c>
+      <c r="I9" s="7">
+        <v>2870313.0</v>
+      </c>
+      <c r="J9" s="7">
+        <v>2434047.0</v>
+      </c>
+      <c r="K9" s="7">
+        <v>2346070.0</v>
+      </c>
+      <c r="L9" s="7">
+        <v>2086332.0</v>
+      </c>
+      <c r="M9" s="7">
+        <v>2347195.0</v>
+      </c>
+      <c r="N9" s="7">
+        <v>2026929.0</v>
+      </c>
+      <c r="O9" s="7">
+        <v>1902504.0</v>
+      </c>
+      <c r="P9" s="7">
+        <v>1760985.0</v>
+      </c>
+      <c r="Q9" s="7">
+        <v>2020720.0</v>
+      </c>
+      <c r="R9" s="7">
+        <v>1624759.0</v>
+      </c>
+      <c r="S9" s="7">
+        <v>1527651.0</v>
+      </c>
+      <c r="T9" s="7">
+        <v>1368668.0</v>
+      </c>
+      <c r="U9" s="7">
+        <v>1584109.0</v>
+      </c>
+      <c r="V9" s="7">
+        <v>1139860.0</v>
+      </c>
+      <c r="W9" s="7">
+        <v>869064.0</v>
+      </c>
+      <c r="X9" s="7">
+        <v>947973.0</v>
       </c>
     </row>
     <row r="10" spans="1:24">
-      <c r="A10" s="7" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A10" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="B10" s="7">
+        <v>196501.0</v>
+      </c>
+      <c r="C10" s="7">
+        <v>111546.0</v>
+      </c>
+      <c r="D10" s="7">
+        <v>64036.0</v>
+      </c>
+      <c r="E10" s="7">
+        <v>84626.0</v>
+      </c>
+      <c r="F10" s="7">
+        <v>117221.0</v>
+      </c>
+      <c r="G10" s="7">
+        <v>110776.0</v>
+      </c>
+      <c r="H10" s="7">
+        <v>57579.0</v>
+      </c>
+      <c r="I10" s="7">
+        <v>63353.0</v>
+      </c>
+      <c r="J10" s="7">
+        <v>57878.0</v>
+      </c>
+      <c r="K10" s="7">
+        <v>54749.0</v>
+      </c>
+      <c r="L10" s="7">
+        <v>59101.0</v>
+      </c>
+      <c r="M10" s="7">
+        <v>51836.0</v>
+      </c>
+      <c r="N10" s="7">
+        <v>67033.0</v>
+      </c>
+      <c r="O10" s="7">
+        <v>80531.0</v>
+      </c>
+      <c r="P10" s="7">
+        <v>89784.0</v>
+      </c>
+      <c r="Q10" s="7">
+        <v>112150.0</v>
+      </c>
+      <c r="R10" s="7">
+        <v>92557.0</v>
+      </c>
+      <c r="S10" s="7">
+        <v>114558.0</v>
+      </c>
+      <c r="T10" s="7">
+        <v>121398.0</v>
+      </c>
+      <c r="U10" s="7">
+        <v>102170.0</v>
+      </c>
+      <c r="V10" s="7">
+        <v>58847.0</v>
+      </c>
+      <c r="W10" s="7">
+        <v>67437.0</v>
+      </c>
+      <c r="X10" s="7">
+        <v>48002.0</v>
       </c>
     </row>
     <row r="11" spans="1:24">
-      <c r="A11" s="7" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A11" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" s="9">
+        <v>5120286.0</v>
+      </c>
+      <c r="C11" s="9">
+        <v>5053715.0</v>
+      </c>
+      <c r="D11" s="9">
+        <v>4856335.0</v>
+      </c>
+      <c r="E11" s="9">
+        <v>5336458.0</v>
+      </c>
+      <c r="F11" s="9">
+        <v>4838373.0</v>
+      </c>
+      <c r="G11" s="9">
+        <v>4522840.0</v>
+      </c>
+      <c r="H11" s="9">
+        <v>4096419.0</v>
+      </c>
+      <c r="I11" s="9">
+        <v>4313954.0</v>
+      </c>
+      <c r="J11" s="9">
+        <v>4013806.0</v>
+      </c>
+      <c r="K11" s="9">
+        <v>3831763.0</v>
+      </c>
+      <c r="L11" s="9">
+        <v>3475865.0</v>
+      </c>
+      <c r="M11" s="9">
+        <v>3845617.0</v>
+      </c>
+      <c r="N11" s="9">
+        <v>3415363.0</v>
+      </c>
+      <c r="O11" s="9">
+        <v>3196177.0</v>
+      </c>
+      <c r="P11" s="9">
+        <v>2955339.0</v>
+      </c>
+      <c r="Q11" s="9">
+        <v>3091649.0</v>
+      </c>
+      <c r="R11" s="9">
+        <v>2515917.0</v>
+      </c>
+      <c r="S11" s="9">
+        <v>2347266.0</v>
+      </c>
+      <c r="T11" s="9">
+        <v>2170149.0</v>
+      </c>
+      <c r="U11" s="9">
+        <v>2310317.0</v>
+      </c>
+      <c r="V11" s="9">
+        <v>1755987.0</v>
+      </c>
+      <c r="W11" s="9">
+        <v>1491819.0</v>
+      </c>
+      <c r="X11" s="9">
+        <v>1441811.0</v>
       </c>
     </row>
     <row r="12" spans="1:24">
-      <c r="A12" s="7" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A12" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="B12" s="7">
+        <v>322507.0</v>
+      </c>
+      <c r="C12" s="7">
+        <v>309975.0</v>
+      </c>
+      <c r="D12" s="7">
+        <v>251019.0</v>
+      </c>
+      <c r="E12" s="7">
+        <v>209332.0</v>
+      </c>
+      <c r="F12" s="7">
+        <v>197973.0</v>
+      </c>
+      <c r="G12" s="7">
+        <v>191912.0</v>
+      </c>
+      <c r="H12" s="7">
+        <v>150551.0</v>
+      </c>
+      <c r="I12" s="7">
+        <v>161422.0</v>
+      </c>
+      <c r="J12" s="7">
+        <v>152863.0</v>
+      </c>
+      <c r="K12" s="7">
+        <v>159805.0</v>
+      </c>
+      <c r="L12" s="7">
+        <v>170454.0</v>
+      </c>
+      <c r="M12" s="7">
+        <v>173759.0</v>
+      </c>
+      <c r="N12" s="7">
+        <v>166078.0</v>
+      </c>
+      <c r="O12" s="7">
+        <v>139214.0</v>
+      </c>
+      <c r="P12" s="7">
+        <v>130640.0</v>
+      </c>
+      <c r="Q12" s="7">
+        <v>135856.0</v>
+      </c>
+      <c r="R12" s="7">
+        <v>137416.0</v>
+      </c>
+      <c r="S12" s="7">
+        <v>124809.0</v>
+      </c>
+      <c r="T12" s="7">
+        <v>115914.0</v>
+      </c>
+      <c r="U12" s="7">
+        <v>115863.0</v>
+      </c>
+      <c r="V12" s="7">
+        <v>111862.0</v>
+      </c>
+      <c r="W12" s="7">
+        <v>96075.0</v>
+      </c>
+      <c r="X12" s="7">
+        <v>78877.0</v>
       </c>
     </row>
     <row r="13" spans="1:24">
-      <c r="A13" s="9" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A13" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B13" s="7">
+        <v>287104.0</v>
+      </c>
+      <c r="C13" s="7">
+        <v>269309.0</v>
+      </c>
+      <c r="D13" s="7">
+        <v>279039.0</v>
+      </c>
+      <c r="E13" s="7">
+        <v>263761.0</v>
+      </c>
+      <c r="F13" s="7">
+        <v>242431.0</v>
+      </c>
+      <c r="G13" s="7">
+        <v>229411.0</v>
+      </c>
+      <c r="H13" s="7">
+        <v>201859.0</v>
+      </c>
+      <c r="I13" s="7">
+        <v>197732.0</v>
+      </c>
+      <c r="J13" s="7">
+        <v>208583.0</v>
+      </c>
+      <c r="K13" s="7">
+        <v>212088.0</v>
+      </c>
+      <c r="L13" s="7">
+        <v>212042.0</v>
+      </c>
+      <c r="M13" s="7">
+        <v>220396.0</v>
+      </c>
+      <c r="N13" s="7">
+        <v>230917.0</v>
+      </c>
+      <c r="O13" s="7">
+        <v>225380.0</v>
+      </c>
+      <c r="P13" s="7">
+        <v>228991.0</v>
+      </c>
+      <c r="Q13" s="7">
+        <v>234091.0</v>
+      </c>
+      <c r="R13" s="7">
+        <v>242436.0</v>
+      </c>
+      <c r="S13" s="7">
+        <v>245674.0</v>
+      </c>
+      <c r="T13" s="7">
+        <v>237917.0</v>
+      </c>
+      <c r="U13" s="7">
+        <v>248143.0</v>
+      </c>
+      <c r="V13" s="7">
+        <v>202172.0</v>
+      </c>
+      <c r="W13" s="7">
+        <v>203914.0</v>
+      </c>
+      <c r="X13" s="7">
+        <v>200242.0</v>
       </c>
     </row>
     <row r="14" spans="1:24">
-      <c r="A14" s="7" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A14" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B14" s="7">
+        <v>110514.0</v>
+      </c>
+      <c r="C14" s="7">
+        <v>228948.0</v>
+      </c>
+      <c r="D14" s="7">
+        <v>228948.0</v>
+      </c>
+      <c r="E14" s="7">
+        <v>230214.0</v>
+      </c>
+      <c r="F14" s="7">
+        <v>154849.0</v>
+      </c>
+      <c r="G14" s="7">
+        <v>154849.0</v>
+      </c>
+      <c r="H14" s="7">
+        <v>154849.0</v>
+      </c>
+      <c r="I14" s="7">
+        <v>154849.0</v>
+      </c>
+      <c r="J14" s="7">
+        <v>94028.0</v>
+      </c>
+      <c r="K14" s="7">
+        <v>94028.0</v>
+      </c>
+      <c r="L14" s="7">
+        <v>94028.0</v>
+      </c>
+      <c r="M14" s="7">
+        <v>94028.0</v>
+      </c>
+      <c r="N14" s="7">
+        <v>67640.0</v>
+      </c>
+      <c r="O14" s="7">
+        <v>66689.0</v>
+      </c>
+      <c r="P14" s="7">
+        <v>73548.0</v>
+      </c>
+      <c r="Q14" s="7">
+        <v>68244.0</v>
+      </c>
+      <c r="R14" s="7">
+        <v>46405.0</v>
+      </c>
+      <c r="S14" s="7">
+        <v>45124.0</v>
+      </c>
+      <c r="T14" s="7">
+        <v>50168.0</v>
+      </c>
+      <c r="U14" s="7">
+        <v>50168.0</v>
+      </c>
+      <c r="V14" s="7">
+        <v>39928.0</v>
+      </c>
+      <c r="W14" s="7">
+        <v>30648.0</v>
+      </c>
+      <c r="X14" s="7">
+        <v>18950.0</v>
       </c>
     </row>
     <row r="15" spans="1:24">
-      <c r="A15" s="7" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A15" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="B15" s="7">
+        <v>99990.0</v>
+      </c>
+      <c r="C15" s="7">
+        <v>95862.0</v>
+      </c>
+      <c r="D15" s="7">
+        <v>90100.0</v>
+      </c>
+      <c r="E15" s="7">
+        <v>72186.0</v>
+      </c>
+      <c r="F15" s="7">
+        <v>71699.0</v>
+      </c>
+      <c r="G15" s="7">
+        <v>60910.0</v>
+      </c>
+      <c r="H15" s="7">
+        <v>60119.0</v>
+      </c>
+      <c r="I15" s="7">
+        <v>60730.0</v>
+      </c>
+      <c r="J15" s="7">
+        <v>51152.0</v>
+      </c>
+      <c r="K15" s="7">
+        <v>49284.0</v>
+      </c>
+      <c r="L15" s="7">
+        <v>47249.0</v>
+      </c>
+      <c r="M15" s="7">
+        <v>46879.0</v>
+      </c>
+      <c r="N15" s="7">
+        <v>43956.0</v>
+      </c>
+      <c r="O15" s="7">
+        <v>45286.0</v>
+      </c>
+      <c r="P15" s="7">
+        <v>44203.0</v>
+      </c>
+      <c r="Q15" s="7">
+        <v>47500.0</v>
+      </c>
+      <c r="R15" s="7">
+        <v>46581.0</v>
+      </c>
+      <c r="S15" s="7">
+        <v>30075.0</v>
+      </c>
+      <c r="T15" s="7">
+        <v>28551.0</v>
+      </c>
+      <c r="U15" s="7">
+        <v>29154.0</v>
+      </c>
+      <c r="V15" s="7">
+        <v>28479.0</v>
+      </c>
+      <c r="W15" s="7">
+        <v>26515.0</v>
+      </c>
+      <c r="X15" s="7">
+        <v>27324.0</v>
       </c>
     </row>
     <row r="16" spans="1:24">
-      <c r="A16" s="7" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A16" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="B16" s="9">
+        <v>820115.0</v>
+      </c>
+      <c r="C16" s="9">
+        <v>904094.0</v>
+      </c>
+      <c r="D16" s="9">
+        <v>849106.0</v>
+      </c>
+      <c r="E16" s="9">
+        <v>775493.0</v>
+      </c>
+      <c r="F16" s="9">
+        <v>666952.0</v>
+      </c>
+      <c r="G16" s="9">
+        <v>637082.0</v>
+      </c>
+      <c r="H16" s="9">
+        <v>567378.0</v>
+      </c>
+      <c r="I16" s="9">
+        <v>574733.0</v>
+      </c>
+      <c r="J16" s="9">
+        <v>506626.0</v>
+      </c>
+      <c r="K16" s="9">
+        <v>515205.0</v>
+      </c>
+      <c r="L16" s="9">
+        <v>523773.0</v>
+      </c>
+      <c r="M16" s="9">
+        <v>535062.0</v>
+      </c>
+      <c r="N16" s="9">
+        <v>508591.0</v>
+      </c>
+      <c r="O16" s="9">
+        <v>476569.0</v>
+      </c>
+      <c r="P16" s="9">
+        <v>477382.0</v>
+      </c>
+      <c r="Q16" s="9">
+        <v>485691.0</v>
+      </c>
+      <c r="R16" s="9">
+        <v>472838.0</v>
+      </c>
+      <c r="S16" s="9">
+        <v>445682.0</v>
+      </c>
+      <c r="T16" s="9">
+        <v>432550.0</v>
+      </c>
+      <c r="U16" s="9">
+        <v>443328.0</v>
+      </c>
+      <c r="V16" s="9">
+        <v>382441.0</v>
+      </c>
+      <c r="W16" s="9">
+        <v>357152.0</v>
+      </c>
+      <c r="X16" s="9">
+        <v>325393.0</v>
       </c>
     </row>
     <row r="17" spans="1:24">
-      <c r="A17" s="7" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A17" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="B17" s="9">
+        <v>5940401.0</v>
+      </c>
+      <c r="C17" s="9">
+        <v>5957809.0</v>
+      </c>
+      <c r="D17" s="9">
+        <v>5705441.0</v>
+      </c>
+      <c r="E17" s="9">
+        <v>6111951.0</v>
+      </c>
+      <c r="F17" s="9">
+        <v>5505325.0</v>
+      </c>
+      <c r="G17" s="9">
+        <v>5159922.0</v>
+      </c>
+      <c r="H17" s="9">
+        <v>4663797.0</v>
+      </c>
+      <c r="I17" s="9">
+        <v>4888687.0</v>
+      </c>
+      <c r="J17" s="9">
+        <v>4520432.0</v>
+      </c>
+      <c r="K17" s="9">
+        <v>4346968.0</v>
+      </c>
+      <c r="L17" s="9">
+        <v>3999638.0</v>
+      </c>
+      <c r="M17" s="9">
+        <v>4380679.0</v>
+      </c>
+      <c r="N17" s="9">
+        <v>3923954.0</v>
+      </c>
+      <c r="O17" s="9">
+        <v>3672746.0</v>
+      </c>
+      <c r="P17" s="9">
+        <v>3432721.0</v>
+      </c>
+      <c r="Q17" s="9">
+        <v>3577340.0</v>
+      </c>
+      <c r="R17" s="9">
+        <v>2988755.0</v>
+      </c>
+      <c r="S17" s="9">
+        <v>2792948.0</v>
+      </c>
+      <c r="T17" s="9">
+        <v>2602699.0</v>
+      </c>
+      <c r="U17" s="9">
+        <v>2753645.0</v>
+      </c>
+      <c r="V17" s="9">
+        <v>2138428.0</v>
+      </c>
+      <c r="W17" s="9">
+        <v>1848971.0</v>
+      </c>
+      <c r="X17" s="9">
+        <v>1767204.0</v>
       </c>
     </row>
     <row r="18" spans="1:24">
-      <c r="A18" s="9" t="s">
-[...73 lines deleted...]
-      <c r="A19" s="11" t="s">
+      <c r="A18" s="11" t="s">
         <v>15</v>
       </c>
-      <c r="B19" s="10" t="e">
-[...95 lines deleted...]
-      <c r="X20" s="12"/>
+      <c r="B18" s="11"/>
+      <c r="C18" s="11"/>
+      <c r="D18" s="11"/>
+      <c r="E18" s="11"/>
+      <c r="F18" s="11"/>
+      <c r="G18" s="11"/>
+      <c r="H18" s="11"/>
+      <c r="I18" s="11"/>
+      <c r="J18" s="11"/>
+      <c r="K18" s="11"/>
+      <c r="L18" s="11"/>
+      <c r="M18" s="11"/>
+      <c r="N18" s="11"/>
+      <c r="O18" s="11"/>
+      <c r="P18" s="11"/>
+      <c r="Q18" s="11"/>
+      <c r="R18" s="11"/>
+      <c r="S18" s="11"/>
+      <c r="T18" s="11"/>
+      <c r="U18" s="11"/>
+      <c r="V18" s="11"/>
+      <c r="W18" s="11"/>
+      <c r="X18" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">