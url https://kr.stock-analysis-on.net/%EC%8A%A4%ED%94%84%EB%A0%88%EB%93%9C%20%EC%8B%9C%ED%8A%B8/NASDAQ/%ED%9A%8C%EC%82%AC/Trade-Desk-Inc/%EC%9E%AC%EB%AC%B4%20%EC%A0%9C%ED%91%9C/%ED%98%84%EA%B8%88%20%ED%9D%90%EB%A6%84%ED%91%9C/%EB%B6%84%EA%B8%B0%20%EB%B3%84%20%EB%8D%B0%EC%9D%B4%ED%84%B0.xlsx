--- v0 (2025-11-11)
+++ v1 (2026-02-08)
@@ -12,54 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="현금 흐름표" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>Trade Desk Inc.</t>
   </si>
   <si>
     <t>연결 현금 흐름표</t>
   </si>
   <si>
     <t>분기별 데이터</t>
   </si>
   <si>
     <t>US$ 단위 천</t>
   </si>
   <si>
     <t>3개월 종료</t>
   </si>
   <si>
     <t>순이익(손실)</t>
   </si>
   <si>
     <t>감가상각 및 상각</t>
   </si>
   <si>
     <t>주식 기반 보상</t>
   </si>
   <si>
@@ -139,67 +136,58 @@
   </si>
   <si>
     <t>제한주식 보상의 순정산과 관련하여 납부된 세금</t>
   </si>
   <si>
     <t>단기 차입으로 인한 수익금</t>
   </si>
   <si>
     <t>재무활동으로 제공된(사용된) 순현금</t>
   </si>
   <si>
     <t>현금 및 현금성자산의 증가(감소)</t>
   </si>
   <si>
     <t>근원: https://kr.stock-analysis-on.net</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-412]yyyy&quot;.&quot; m&quot;.&quot; d&quot;.&quot;"/>
     <numFmt numFmtId="165" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
   </numFmts>
-  <fonts count="7">
+  <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
-      <name val="Calibri"/>
-[...7 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="22"/>
       <color rgb="FF7E261B"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="17"/>
       <color rgb="FF757575"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -253,90 +241,89 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFE2E2E2"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF252525"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="17">
+  <cellXfs count="16">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="165" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="3"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="4"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="165" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="165" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="3"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="1"/>
     </xf>
-    <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
+    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -600,2555 +587,2550 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:X41"/>
+  <dimension ref="A1:X39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="X41" sqref="X41"/>
+      <selection activeCell="X39" sqref="X39"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
+    <row r="2" spans="1:24">
+      <c r="A2" s="2" t="s">
+        <v>1</v>
+      </c>
+    </row>
     <row r="3" spans="1:24">
-      <c r="A3" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A4" s="3" t="s">
+      <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:24">
-      <c r="A5" s="4" t="s">
+      <c r="A5" t="s">
         <v>3</v>
       </c>
     </row>
+    <row r="6" spans="1:24">
+      <c r="A6" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="5">
+        <v>45930</v>
+      </c>
+      <c r="C6" s="5">
+        <v>45838</v>
+      </c>
+      <c r="D6" s="5">
+        <v>45747</v>
+      </c>
+      <c r="E6" s="5">
+        <v>45657</v>
+      </c>
+      <c r="F6" s="5">
+        <v>45565</v>
+      </c>
+      <c r="G6" s="5">
+        <v>45473</v>
+      </c>
+      <c r="H6" s="5">
+        <v>45382</v>
+      </c>
+      <c r="I6" s="5">
+        <v>45291</v>
+      </c>
+      <c r="J6" s="5">
+        <v>45199</v>
+      </c>
+      <c r="K6" s="5">
+        <v>45107</v>
+      </c>
+      <c r="L6" s="5">
+        <v>45016</v>
+      </c>
+      <c r="M6" s="5">
+        <v>44926</v>
+      </c>
+      <c r="N6" s="5">
+        <v>44834</v>
+      </c>
+      <c r="O6" s="5">
+        <v>44742</v>
+      </c>
+      <c r="P6" s="5">
+        <v>44651</v>
+      </c>
+      <c r="Q6" s="5">
+        <v>44561</v>
+      </c>
+      <c r="R6" s="5">
+        <v>44469</v>
+      </c>
+      <c r="S6" s="5">
+        <v>44377</v>
+      </c>
+      <c r="T6" s="5">
+        <v>44286</v>
+      </c>
+      <c r="U6" s="5">
+        <v>44196</v>
+      </c>
+      <c r="V6" s="5">
+        <v>44104</v>
+      </c>
+      <c r="W6" s="5">
+        <v>44012</v>
+      </c>
+      <c r="X6" s="5">
+        <v>43921</v>
+      </c>
+    </row>
     <row r="7" spans="1:24">
-      <c r="A7" t="s">
-        <v>4</v>
+      <c r="A7" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B7" s="7">
+        <v>115547.0</v>
+      </c>
+      <c r="C7" s="7">
+        <v>90129.0</v>
+      </c>
+      <c r="D7" s="7">
+        <v>50678.0</v>
+      </c>
+      <c r="E7" s="7">
+        <v>182229.0</v>
+      </c>
+      <c r="F7" s="7">
+        <v>94158.0</v>
+      </c>
+      <c r="G7" s="7">
+        <v>85029.0</v>
+      </c>
+      <c r="H7" s="7">
+        <v>31660.0</v>
+      </c>
+      <c r="I7" s="7">
+        <v>97323.0</v>
+      </c>
+      <c r="J7" s="7">
+        <v>39352.0</v>
+      </c>
+      <c r="K7" s="7">
+        <v>32939.0</v>
+      </c>
+      <c r="L7" s="7">
+        <v>9326.0</v>
+      </c>
+      <c r="M7" s="7">
+        <v>71187.0</v>
+      </c>
+      <c r="N7" s="7">
+        <v>15869.0</v>
+      </c>
+      <c r="O7" s="7">
+        <v>-19073.0</v>
+      </c>
+      <c r="P7" s="7">
+        <v>-14598.0</v>
+      </c>
+      <c r="Q7" s="7">
+        <v>8039.0</v>
+      </c>
+      <c r="R7" s="7">
+        <v>59384.0</v>
+      </c>
+      <c r="S7" s="7">
+        <v>47697.0</v>
+      </c>
+      <c r="T7" s="7">
+        <v>22642.0</v>
+      </c>
+      <c r="U7" s="7">
+        <v>151902.0</v>
+      </c>
+      <c r="V7" s="7">
+        <v>41247.0</v>
+      </c>
+      <c r="W7" s="7">
+        <v>25111.0</v>
+      </c>
+      <c r="X7" s="7">
+        <v>24057.0</v>
       </c>
     </row>
     <row r="8" spans="1:24">
-      <c r="A8" s="5" t="s">
-[...69 lines deleted...]
-        <v>43921</v>
+      <c r="A8" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="B8" s="7">
+        <v>33135.0</v>
+      </c>
+      <c r="C8" s="7">
+        <v>26704.0</v>
+      </c>
+      <c r="D8" s="7">
+        <v>23985.0</v>
+      </c>
+      <c r="E8" s="7">
+        <v>24112.0</v>
+      </c>
+      <c r="F8" s="7">
+        <v>20754.0</v>
+      </c>
+      <c r="G8" s="7">
+        <v>20882.0</v>
+      </c>
+      <c r="H8" s="7">
+        <v>21742.0</v>
+      </c>
+      <c r="I8" s="7">
+        <v>20529.0</v>
+      </c>
+      <c r="J8" s="7">
+        <v>20530.0</v>
+      </c>
+      <c r="K8" s="7">
+        <v>20066.0</v>
+      </c>
+      <c r="L8" s="7">
+        <v>19293.0</v>
+      </c>
+      <c r="M8" s="7">
+        <v>16844.0</v>
+      </c>
+      <c r="N8" s="7">
+        <v>12957.0</v>
+      </c>
+      <c r="O8" s="7">
+        <v>12274.0</v>
+      </c>
+      <c r="P8" s="7">
+        <v>12350.0</v>
+      </c>
+      <c r="Q8" s="7">
+        <v>12250.0</v>
+      </c>
+      <c r="R8" s="7">
+        <v>8952.0</v>
+      </c>
+      <c r="S8" s="7">
+        <v>11006.0</v>
+      </c>
+      <c r="T8" s="7">
+        <v>10011.0</v>
+      </c>
+      <c r="U8" s="7">
+        <v>7855.0</v>
+      </c>
+      <c r="V8" s="7">
+        <v>7517.0</v>
+      </c>
+      <c r="W8" s="7">
+        <v>6783.0</v>
+      </c>
+      <c r="X8" s="7">
+        <v>6477.0</v>
       </c>
     </row>
     <row r="9" spans="1:24">
-      <c r="A9" s="7" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A9" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="7">
+        <v>121316.0</v>
+      </c>
+      <c r="C9" s="7">
+        <v>128885.0</v>
+      </c>
+      <c r="D9" s="7">
+        <v>128253.0</v>
+      </c>
+      <c r="E9" s="7">
+        <v>129229.0</v>
+      </c>
+      <c r="F9" s="7">
+        <v>128510.0</v>
+      </c>
+      <c r="G9" s="7">
+        <v>126340.0</v>
+      </c>
+      <c r="H9" s="7">
+        <v>110620.0</v>
+      </c>
+      <c r="I9" s="7">
+        <v>121435.0</v>
+      </c>
+      <c r="J9" s="7">
+        <v>139633.0</v>
+      </c>
+      <c r="K9" s="7">
+        <v>117083.0</v>
+      </c>
+      <c r="L9" s="7">
+        <v>113470.0</v>
+      </c>
+      <c r="M9" s="7">
+        <v>127531.0</v>
+      </c>
+      <c r="N9" s="7">
+        <v>121003.0</v>
+      </c>
+      <c r="O9" s="7">
+        <v>125213.0</v>
+      </c>
+      <c r="P9" s="7">
+        <v>124895.0</v>
+      </c>
+      <c r="Q9" s="7">
+        <v>205403.0</v>
+      </c>
+      <c r="R9" s="7">
+        <v>34459.0</v>
+      </c>
+      <c r="S9" s="7">
+        <v>45197.0</v>
+      </c>
+      <c r="T9" s="7">
+        <v>52354.0</v>
+      </c>
+      <c r="U9" s="7">
+        <v>38024.0</v>
+      </c>
+      <c r="V9" s="7">
+        <v>26852.0</v>
+      </c>
+      <c r="W9" s="7">
+        <v>23934.0</v>
+      </c>
+      <c r="X9" s="7">
+        <v>22965.0</v>
       </c>
     </row>
     <row r="10" spans="1:24">
-      <c r="A10" s="9" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A10" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" s="7">
+        <v>118163.0</v>
+      </c>
+      <c r="C10" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="D10" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="E10" s="7">
+        <v>-76903.0</v>
+      </c>
+      <c r="F10" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="G10" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="H10" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="I10" s="7">
+        <v>-61597.0</v>
+      </c>
+      <c r="J10" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="K10" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="L10" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="M10" s="7">
+        <v>-12111.0</v>
+      </c>
+      <c r="N10" s="7">
+        <v>-951.0</v>
+      </c>
+      <c r="O10" s="7">
+        <v>6859.0</v>
+      </c>
+      <c r="P10" s="7">
+        <v>-5304.0</v>
+      </c>
+      <c r="Q10" s="7">
+        <v>-21821.0</v>
+      </c>
+      <c r="R10" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="S10" s="7">
+        <v>5044.0</v>
+      </c>
+      <c r="T10" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="U10" s="7">
+        <v>-10240.0</v>
+      </c>
+      <c r="V10" s="7">
+        <v>-9281.0</v>
+      </c>
+      <c r="W10" s="7">
+        <v>-11697.0</v>
+      </c>
+      <c r="X10" s="7">
+        <v>0.0</v>
       </c>
     </row>
     <row r="11" spans="1:24">
-      <c r="A11" s="9" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A11" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="B11" s="7">
+        <v>16981.0</v>
+      </c>
+      <c r="C11" s="7">
+        <v>17291.0</v>
+      </c>
+      <c r="D11" s="7">
+        <v>16962.0</v>
+      </c>
+      <c r="E11" s="7">
+        <v>15881.0</v>
+      </c>
+      <c r="F11" s="7">
+        <v>15062.0</v>
+      </c>
+      <c r="G11" s="7">
+        <v>13709.0</v>
+      </c>
+      <c r="H11" s="7">
+        <v>12751.0</v>
+      </c>
+      <c r="I11" s="7">
+        <v>12283.0</v>
+      </c>
+      <c r="J11" s="7">
+        <v>12347.0</v>
+      </c>
+      <c r="K11" s="7">
+        <v>12408.0</v>
+      </c>
+      <c r="L11" s="7">
+        <v>11917.0</v>
+      </c>
+      <c r="M11" s="7">
+        <v>11561.0</v>
+      </c>
+      <c r="N11" s="7">
+        <v>11211.0</v>
+      </c>
+      <c r="O11" s="7">
+        <v>10828.0</v>
+      </c>
+      <c r="P11" s="7">
+        <v>10515.0</v>
+      </c>
+      <c r="Q11" s="7">
+        <v>10401.0</v>
+      </c>
+      <c r="R11" s="7">
+        <v>10361.0</v>
+      </c>
+      <c r="S11" s="7">
+        <v>10102.0</v>
+      </c>
+      <c r="T11" s="7">
+        <v>9451.0</v>
+      </c>
+      <c r="U11" s="7">
+        <v>9217.0</v>
+      </c>
+      <c r="V11" s="7">
+        <v>8227.0</v>
+      </c>
+      <c r="W11" s="7">
+        <v>8423.0</v>
+      </c>
+      <c r="X11" s="7">
+        <v>7402.0</v>
       </c>
     </row>
     <row r="12" spans="1:24">
-      <c r="A12" s="9" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A12" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" s="7">
+        <v>321.0</v>
+      </c>
+      <c r="C12" s="7">
+        <v>685.0</v>
+      </c>
+      <c r="D12" s="7">
+        <v>492.0</v>
+      </c>
+      <c r="E12" s="7">
+        <v>16.0</v>
+      </c>
+      <c r="F12" s="7">
+        <v>704.0</v>
+      </c>
+      <c r="G12" s="7">
+        <v>93.0</v>
+      </c>
+      <c r="H12" s="7">
+        <v>40.0</v>
+      </c>
+      <c r="I12" s="7">
+        <v>1149.0</v>
+      </c>
+      <c r="J12" s="7">
+        <v>1493.0</v>
+      </c>
+      <c r="K12" s="7">
+        <v>2.0</v>
+      </c>
+      <c r="L12" s="7">
+        <v>316.0</v>
+      </c>
+      <c r="M12" s="7">
+        <v>242.0</v>
+      </c>
+      <c r="N12" s="7">
+        <v>883.0</v>
+      </c>
+      <c r="O12" s="7">
+        <v>1353.0</v>
+      </c>
+      <c r="P12" s="7">
+        <v>725.0</v>
+      </c>
+      <c r="Q12" s="7">
+        <v>936.0</v>
+      </c>
+      <c r="R12" s="7">
+        <v>281.0</v>
+      </c>
+      <c r="S12" s="7">
+        <v>36.0</v>
+      </c>
+      <c r="T12" s="7">
+        <v>203.0</v>
+      </c>
+      <c r="U12" s="7">
+        <v>427.0</v>
+      </c>
+      <c r="V12" s="7">
+        <v>338.0</v>
+      </c>
+      <c r="W12" s="7">
+        <v>1074.0</v>
+      </c>
+      <c r="X12" s="7">
+        <v>1310.0</v>
       </c>
     </row>
     <row r="13" spans="1:24">
-      <c r="A13" s="9" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A13" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B13" s="7">
+        <v>58.0</v>
+      </c>
+      <c r="C13" s="7">
+        <v>-2023.0</v>
+      </c>
+      <c r="D13" s="7">
+        <v>-11876.0</v>
+      </c>
+      <c r="E13" s="7">
+        <v>4020.0</v>
+      </c>
+      <c r="F13" s="7">
+        <v>-7784.0</v>
+      </c>
+      <c r="G13" s="7">
+        <v>-5242.0</v>
+      </c>
+      <c r="H13" s="7">
+        <v>1125.0</v>
+      </c>
+      <c r="I13" s="7">
+        <v>-12067.0</v>
+      </c>
+      <c r="J13" s="7">
+        <v>111.0</v>
+      </c>
+      <c r="K13" s="7">
+        <v>-7113.0</v>
+      </c>
+      <c r="L13" s="7">
+        <v>-1310.0</v>
+      </c>
+      <c r="M13" s="7">
+        <v>-3072.0</v>
+      </c>
+      <c r="N13" s="7">
+        <v>-2936.0</v>
+      </c>
+      <c r="O13" s="7">
+        <v>5632.0</v>
+      </c>
+      <c r="P13" s="7">
+        <v>998.0</v>
+      </c>
+      <c r="Q13" s="7">
+        <v>-927.0</v>
+      </c>
+      <c r="R13" s="7">
+        <v>-2335.0</v>
+      </c>
+      <c r="S13" s="7">
+        <v>4160.0</v>
+      </c>
+      <c r="T13" s="7">
+        <v>4905.0</v>
+      </c>
+      <c r="U13" s="7">
+        <v>948.0</v>
+      </c>
+      <c r="V13" s="7">
+        <v>3614.0</v>
+      </c>
+      <c r="W13" s="7">
+        <v>-5856.0</v>
+      </c>
+      <c r="X13" s="7">
+        <v>3484.0</v>
       </c>
     </row>
     <row r="14" spans="1:24">
       <c r="A14" s="9" t="s">
-        <v>11</v>
-[...68 lines deleted...]
-        <v>#N/A</v>
+        <v>12</v>
+      </c>
+      <c r="B14" s="7">
+        <v>-229086.0</v>
+      </c>
+      <c r="C14" s="7">
+        <v>-202303.0</v>
+      </c>
+      <c r="D14" s="7">
+        <v>282336.0</v>
+      </c>
+      <c r="E14" s="7">
+        <v>-348516.0</v>
+      </c>
+      <c r="F14" s="7">
+        <v>-76390.0</v>
+      </c>
+      <c r="G14" s="7">
+        <v>-287468.0</v>
+      </c>
+      <c r="H14" s="7">
+        <v>238147.0</v>
+      </c>
+      <c r="I14" s="7">
+        <v>-423362.0</v>
+      </c>
+      <c r="J14" s="7">
+        <v>-95282.0</v>
+      </c>
+      <c r="K14" s="7">
+        <v>-293533.0</v>
+      </c>
+      <c r="L14" s="7">
+        <v>258165.0</v>
+      </c>
+      <c r="M14" s="7">
+        <v>-316652.0</v>
+      </c>
+      <c r="N14" s="7">
+        <v>-87440.0</v>
+      </c>
+      <c r="O14" s="7">
+        <v>-147138.0</v>
+      </c>
+      <c r="P14" s="7">
+        <v>259483.0</v>
+      </c>
+      <c r="Q14" s="7">
+        <v>-395705.0</v>
+      </c>
+      <c r="R14" s="7">
+        <v>-98439.0</v>
+      </c>
+      <c r="S14" s="7">
+        <v>-159045.0</v>
+      </c>
+      <c r="T14" s="7">
+        <v>208847.0</v>
+      </c>
+      <c r="U14" s="7">
+        <v>-439117.0</v>
+      </c>
+      <c r="V14" s="7">
+        <v>-272514.0</v>
+      </c>
+      <c r="W14" s="7">
+        <v>83025.0</v>
+      </c>
+      <c r="X14" s="7">
+        <v>210552.0</v>
       </c>
     </row>
     <row r="15" spans="1:24">
       <c r="A15" s="9" t="s">
-        <v>12</v>
-[...68 lines deleted...]
-        <v>#N/A</v>
+        <v>13</v>
+      </c>
+      <c r="B15" s="7">
+        <v>-73293.0</v>
+      </c>
+      <c r="C15" s="7">
+        <v>-38299.0</v>
+      </c>
+      <c r="D15" s="7">
+        <v>20018.0</v>
+      </c>
+      <c r="E15" s="7">
+        <v>29707.0</v>
+      </c>
+      <c r="F15" s="7">
+        <v>-16426.0</v>
+      </c>
+      <c r="G15" s="7">
+        <v>-55395.0</v>
+      </c>
+      <c r="H15" s="7">
+        <v>3331.0</v>
+      </c>
+      <c r="I15" s="7">
+        <v>-15445.0</v>
+      </c>
+      <c r="J15" s="7">
+        <v>-7711.0</v>
+      </c>
+      <c r="K15" s="7">
+        <v>1822.0</v>
+      </c>
+      <c r="L15" s="7">
+        <v>-5481.0</v>
+      </c>
+      <c r="M15" s="7">
+        <v>7742.0</v>
+      </c>
+      <c r="N15" s="7">
+        <v>13895.0</v>
+      </c>
+      <c r="O15" s="7">
+        <v>5275.0</v>
+      </c>
+      <c r="P15" s="7">
+        <v>23743.0</v>
+      </c>
+      <c r="Q15" s="7">
+        <v>-18979.0</v>
+      </c>
+      <c r="R15" s="7">
+        <v>27439.0</v>
+      </c>
+      <c r="S15" s="7">
+        <v>9368.0</v>
+      </c>
+      <c r="T15" s="7">
+        <v>-16180.0</v>
+      </c>
+      <c r="U15" s="7">
+        <v>-42736.0</v>
+      </c>
+      <c r="V15" s="7">
+        <v>7449.0</v>
+      </c>
+      <c r="W15" s="7">
+        <v>-15577.0</v>
+      </c>
+      <c r="X15" s="7">
+        <v>-15791.0</v>
       </c>
     </row>
     <row r="16" spans="1:24">
-      <c r="A16" s="10" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A16" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B16" s="7">
+        <v>140220.0</v>
+      </c>
+      <c r="C16" s="7">
+        <v>214827.0</v>
+      </c>
+      <c r="D16" s="7">
+        <v>-234666.0</v>
+      </c>
+      <c r="E16" s="7">
+        <v>211744.0</v>
+      </c>
+      <c r="F16" s="7">
+        <v>100422.0</v>
+      </c>
+      <c r="G16" s="7">
+        <v>206949.0</v>
+      </c>
+      <c r="H16" s="7">
+        <v>-220196.0</v>
+      </c>
+      <c r="I16" s="7">
+        <v>349802.0</v>
+      </c>
+      <c r="J16" s="7">
+        <v>74666.0</v>
+      </c>
+      <c r="K16" s="7">
+        <v>251696.0</v>
+      </c>
+      <c r="L16" s="7">
+        <v>-200701.0</v>
+      </c>
+      <c r="M16" s="7">
+        <v>255877.0</v>
+      </c>
+      <c r="N16" s="7">
+        <v>61095.0</v>
+      </c>
+      <c r="O16" s="7">
+        <v>116084.0</v>
+      </c>
+      <c r="P16" s="7">
+        <v>-245937.0</v>
+      </c>
+      <c r="Q16" s="7">
+        <v>353515.0</v>
+      </c>
+      <c r="R16" s="7">
+        <v>89405.0</v>
+      </c>
+      <c r="S16" s="7">
+        <v>67068.0</v>
+      </c>
+      <c r="T16" s="7">
+        <v>-200578.0</v>
+      </c>
+      <c r="U16" s="7">
+        <v>433585.0</v>
+      </c>
+      <c r="V16" s="7">
+        <v>262124.0</v>
+      </c>
+      <c r="W16" s="7">
+        <v>-8429.0</v>
+      </c>
+      <c r="X16" s="7">
+        <v>-205967.0</v>
       </c>
     </row>
     <row r="17" spans="1:24">
-      <c r="A17" s="10" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A17" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="B17" s="7">
+        <v>-2717.0</v>
+      </c>
+      <c r="C17" s="7">
+        <v>-53186.0</v>
+      </c>
+      <c r="D17" s="7">
+        <v>29105.0</v>
+      </c>
+      <c r="E17" s="7">
+        <v>37718.0</v>
+      </c>
+      <c r="F17" s="7">
+        <v>18835.0</v>
+      </c>
+      <c r="G17" s="7">
+        <v>-9885.0</v>
+      </c>
+      <c r="H17" s="7">
+        <v>-104.0</v>
+      </c>
+      <c r="I17" s="7">
+        <v>17242.0</v>
+      </c>
+      <c r="J17" s="7">
+        <v>18040.0</v>
+      </c>
+      <c r="K17" s="7">
+        <v>4708.0</v>
+      </c>
+      <c r="L17" s="7">
+        <v>-4309.0</v>
+      </c>
+      <c r="M17" s="7">
+        <v>26946.0</v>
+      </c>
+      <c r="N17" s="7">
+        <v>3412.0</v>
+      </c>
+      <c r="O17" s="7">
+        <v>-13502.0</v>
+      </c>
+      <c r="P17" s="7">
+        <v>-8688.0</v>
+      </c>
+      <c r="Q17" s="7">
+        <v>22386.0</v>
+      </c>
+      <c r="R17" s="7">
+        <v>8062.0</v>
+      </c>
+      <c r="S17" s="7">
+        <v>-17161.0</v>
+      </c>
+      <c r="T17" s="7">
+        <v>-5691.0</v>
+      </c>
+      <c r="U17" s="7">
+        <v>24440.0</v>
+      </c>
+      <c r="V17" s="7">
+        <v>18541.0</v>
+      </c>
+      <c r="W17" s="7">
+        <v>-8427.0</v>
+      </c>
+      <c r="X17" s="7">
+        <v>892.0</v>
       </c>
     </row>
     <row r="18" spans="1:24">
-      <c r="A18" s="10" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A18" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B18" s="7">
+        <v>-15959.0</v>
+      </c>
+      <c r="C18" s="7">
+        <v>-17697.0</v>
+      </c>
+      <c r="D18" s="7">
+        <v>-13854.0</v>
+      </c>
+      <c r="E18" s="7">
+        <v>-9836.0</v>
+      </c>
+      <c r="F18" s="7">
+        <v>-4521.0</v>
+      </c>
+      <c r="G18" s="7">
+        <v>-13753.0</v>
+      </c>
+      <c r="H18" s="7">
+        <v>-13644.0</v>
+      </c>
+      <c r="I18" s="7">
+        <v>-16172.0</v>
+      </c>
+      <c r="J18" s="7">
+        <v>-11639.0</v>
+      </c>
+      <c r="K18" s="7">
+        <v>-11989.0</v>
+      </c>
+      <c r="L18" s="7">
+        <v>-13113.0</v>
+      </c>
+      <c r="M18" s="7">
+        <v>-12615.0</v>
+      </c>
+      <c r="N18" s="7">
+        <v>-11702.0</v>
+      </c>
+      <c r="O18" s="7">
+        <v>-12039.0</v>
+      </c>
+      <c r="P18" s="7">
+        <v>-11990.0</v>
+      </c>
+      <c r="Q18" s="7">
+        <v>-12104.0</v>
+      </c>
+      <c r="R18" s="7">
+        <v>-7891.0</v>
+      </c>
+      <c r="S18" s="7">
+        <v>-13101.0</v>
+      </c>
+      <c r="T18" s="7">
+        <v>-10894.0</v>
+      </c>
+      <c r="U18" s="7">
+        <v>-6707.0</v>
+      </c>
+      <c r="V18" s="7">
+        <v>-5653.0</v>
+      </c>
+      <c r="W18" s="7">
+        <v>-2062.0</v>
+      </c>
+      <c r="X18" s="7">
+        <v>-2673.0</v>
       </c>
     </row>
     <row r="19" spans="1:24">
       <c r="A19" s="10" t="s">
-        <v>16</v>
-[...68 lines deleted...]
-        <v>#N/A</v>
+        <v>17</v>
+      </c>
+      <c r="B19" s="11">
+        <v>-180835.0</v>
+      </c>
+      <c r="C19" s="11">
+        <v>-96658.0</v>
+      </c>
+      <c r="D19" s="11">
+        <v>82939.0</v>
+      </c>
+      <c r="E19" s="11">
+        <v>-79183.0</v>
+      </c>
+      <c r="F19" s="11">
+        <v>21920.0</v>
+      </c>
+      <c r="G19" s="11">
+        <v>-159552.0</v>
+      </c>
+      <c r="H19" s="11">
+        <v>7534.0</v>
+      </c>
+      <c r="I19" s="11">
+        <v>-87935.0</v>
+      </c>
+      <c r="J19" s="11">
+        <v>-21926.0</v>
+      </c>
+      <c r="K19" s="11">
+        <v>-47296.0</v>
+      </c>
+      <c r="L19" s="11">
+        <v>34561.0</v>
+      </c>
+      <c r="M19" s="11">
+        <v>-38702.0</v>
+      </c>
+      <c r="N19" s="11">
+        <v>-20740.0</v>
+      </c>
+      <c r="O19" s="11">
+        <v>-51320.0</v>
+      </c>
+      <c r="P19" s="11">
+        <v>16611.0</v>
+      </c>
+      <c r="Q19" s="11">
+        <v>-50887.0</v>
+      </c>
+      <c r="R19" s="11">
+        <v>18576.0</v>
+      </c>
+      <c r="S19" s="11">
+        <v>-112871.0</v>
+      </c>
+      <c r="T19" s="11">
+        <v>-24496.0</v>
+      </c>
+      <c r="U19" s="11">
+        <v>-30535.0</v>
+      </c>
+      <c r="V19" s="11">
+        <v>9947.0</v>
+      </c>
+      <c r="W19" s="11">
+        <v>48530.0</v>
+      </c>
+      <c r="X19" s="11">
+        <v>-12987.0</v>
       </c>
     </row>
     <row r="20" spans="1:24">
-      <c r="A20" s="10" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A20" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="B20" s="11">
+        <v>109139.0</v>
+      </c>
+      <c r="C20" s="11">
+        <v>74884.0</v>
+      </c>
+      <c r="D20" s="11">
+        <v>240755.0</v>
+      </c>
+      <c r="E20" s="11">
+        <v>17172.0</v>
+      </c>
+      <c r="F20" s="11">
+        <v>179166.0</v>
+      </c>
+      <c r="G20" s="11">
+        <v>-3770.0</v>
+      </c>
+      <c r="H20" s="11">
+        <v>153812.0</v>
+      </c>
+      <c r="I20" s="11">
+        <v>-6203.0</v>
+      </c>
+      <c r="J20" s="11">
+        <v>152188.0</v>
+      </c>
+      <c r="K20" s="11">
+        <v>95150.0</v>
+      </c>
+      <c r="L20" s="11">
+        <v>178247.0</v>
+      </c>
+      <c r="M20" s="11">
+        <v>102293.0</v>
+      </c>
+      <c r="N20" s="11">
+        <v>121427.0</v>
+      </c>
+      <c r="O20" s="11">
+        <v>110839.0</v>
+      </c>
+      <c r="P20" s="11">
+        <v>160790.0</v>
+      </c>
+      <c r="Q20" s="11">
+        <v>155355.0</v>
+      </c>
+      <c r="R20" s="11">
+        <v>70294.0</v>
+      </c>
+      <c r="S20" s="11">
+        <v>-37326.0</v>
+      </c>
+      <c r="T20" s="11">
+        <v>52428.0</v>
+      </c>
+      <c r="U20" s="11">
+        <v>15696.0</v>
+      </c>
+      <c r="V20" s="11">
+        <v>47214.0</v>
+      </c>
+      <c r="W20" s="11">
+        <v>71191.0</v>
+      </c>
+      <c r="X20" s="11">
+        <v>28651.0</v>
       </c>
     </row>
     <row r="21" spans="1:24">
-      <c r="A21" s="11" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A21" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="B21" s="11">
+        <v>224686.0</v>
+      </c>
+      <c r="C21" s="11">
+        <v>165013.0</v>
+      </c>
+      <c r="D21" s="11">
+        <v>291433.0</v>
+      </c>
+      <c r="E21" s="11">
+        <v>199401.0</v>
+      </c>
+      <c r="F21" s="11">
+        <v>273324.0</v>
+      </c>
+      <c r="G21" s="11">
+        <v>81259.0</v>
+      </c>
+      <c r="H21" s="11">
+        <v>185472.0</v>
+      </c>
+      <c r="I21" s="11">
+        <v>91120.0</v>
+      </c>
+      <c r="J21" s="11">
+        <v>191540.0</v>
+      </c>
+      <c r="K21" s="11">
+        <v>128089.0</v>
+      </c>
+      <c r="L21" s="11">
+        <v>187573.0</v>
+      </c>
+      <c r="M21" s="11">
+        <v>173480.0</v>
+      </c>
+      <c r="N21" s="11">
+        <v>137296.0</v>
+      </c>
+      <c r="O21" s="11">
+        <v>91766.0</v>
+      </c>
+      <c r="P21" s="11">
+        <v>146192.0</v>
+      </c>
+      <c r="Q21" s="11">
+        <v>163394.0</v>
+      </c>
+      <c r="R21" s="11">
+        <v>129678.0</v>
+      </c>
+      <c r="S21" s="11">
+        <v>10371.0</v>
+      </c>
+      <c r="T21" s="11">
+        <v>75070.0</v>
+      </c>
+      <c r="U21" s="11">
+        <v>167598.0</v>
+      </c>
+      <c r="V21" s="11">
+        <v>88461.0</v>
+      </c>
+      <c r="W21" s="11">
+        <v>96302.0</v>
+      </c>
+      <c r="X21" s="11">
+        <v>52708.0</v>
       </c>
     </row>
     <row r="22" spans="1:24">
-      <c r="A22" s="13" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A22" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="B22" s="7">
+        <v>-248376.0</v>
+      </c>
+      <c r="C22" s="7">
+        <v>-346254.0</v>
+      </c>
+      <c r="D22" s="7">
+        <v>-231580.0</v>
+      </c>
+      <c r="E22" s="7">
+        <v>-192943.0</v>
+      </c>
+      <c r="F22" s="7">
+        <v>-168627.0</v>
+      </c>
+      <c r="G22" s="7">
+        <v>-158238.0</v>
+      </c>
+      <c r="H22" s="7">
+        <v>-159731.0</v>
+      </c>
+      <c r="I22" s="7">
+        <v>-160128.0</v>
+      </c>
+      <c r="J22" s="7">
+        <v>-131944.0</v>
+      </c>
+      <c r="K22" s="7">
+        <v>-171586.0</v>
+      </c>
+      <c r="L22" s="7">
+        <v>-144721.0</v>
+      </c>
+      <c r="M22" s="7">
+        <v>-174089.0</v>
+      </c>
+      <c r="N22" s="7">
+        <v>-145329.0</v>
+      </c>
+      <c r="O22" s="7">
+        <v>-112656.0</v>
+      </c>
+      <c r="P22" s="7">
+        <v>-121221.0</v>
+      </c>
+      <c r="Q22" s="7">
+        <v>-44960.0</v>
+      </c>
+      <c r="R22" s="7">
+        <v>-69396.0</v>
+      </c>
+      <c r="S22" s="7">
+        <v>-74677.0</v>
+      </c>
+      <c r="T22" s="7">
+        <v>-89354.0</v>
+      </c>
+      <c r="U22" s="7">
+        <v>-103642.0</v>
+      </c>
+      <c r="V22" s="7">
+        <v>-37428.0</v>
+      </c>
+      <c r="W22" s="7">
+        <v>-53984.0</v>
+      </c>
+      <c r="X22" s="7">
+        <v>-35705.0</v>
       </c>
     </row>
     <row r="23" spans="1:24">
-      <c r="A23" s="14" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A23" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="B23" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C23" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="D23" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="E23" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="F23" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="G23" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="H23" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="I23" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="J23" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="K23" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="L23" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="M23" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="N23" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="O23" s="7">
+        <v>1977.0</v>
+      </c>
+      <c r="P23" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="Q23" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="R23" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="S23" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="T23" s="7">
+        <v>4539.0</v>
+      </c>
+      <c r="U23" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="V23" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="W23" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="X23" s="7">
+        <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:24">
-      <c r="A24" s="7" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A24" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B24" s="7">
+        <v>251293.0</v>
+      </c>
+      <c r="C24" s="7">
+        <v>181006.0</v>
+      </c>
+      <c r="D24" s="7">
+        <v>165114.0</v>
+      </c>
+      <c r="E24" s="7">
+        <v>154066.0</v>
+      </c>
+      <c r="F24" s="7">
+        <v>160424.0</v>
+      </c>
+      <c r="G24" s="7">
+        <v>166804.0</v>
+      </c>
+      <c r="H24" s="7">
+        <v>147794.0</v>
+      </c>
+      <c r="I24" s="7">
+        <v>130406.0</v>
+      </c>
+      <c r="J24" s="7">
+        <v>150999.0</v>
+      </c>
+      <c r="K24" s="7">
+        <v>147670.0</v>
+      </c>
+      <c r="L24" s="7">
+        <v>126731.0</v>
+      </c>
+      <c r="M24" s="7">
+        <v>86130.0</v>
+      </c>
+      <c r="N24" s="7">
+        <v>98607.0</v>
+      </c>
+      <c r="O24" s="7">
+        <v>89959.0</v>
+      </c>
+      <c r="P24" s="7">
+        <v>64133.0</v>
+      </c>
+      <c r="Q24" s="7">
+        <v>61367.0</v>
+      </c>
+      <c r="R24" s="7">
+        <v>75308.0</v>
+      </c>
+      <c r="S24" s="7">
+        <v>54099.0</v>
+      </c>
+      <c r="T24" s="7">
+        <v>62670.0</v>
+      </c>
+      <c r="U24" s="7">
+        <v>39287.0</v>
+      </c>
+      <c r="V24" s="7">
+        <v>43132.0</v>
+      </c>
+      <c r="W24" s="7">
+        <v>46003.0</v>
+      </c>
+      <c r="X24" s="7">
+        <v>39180.0</v>
       </c>
     </row>
     <row r="25" spans="1:24">
-      <c r="A25" s="7" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A25" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="B25" s="7">
+        <v>-66336.0</v>
+      </c>
+      <c r="C25" s="7">
+        <v>-45239.0</v>
+      </c>
+      <c r="D25" s="7">
+        <v>-59113.0</v>
+      </c>
+      <c r="E25" s="7">
+        <v>-20190.0</v>
+      </c>
+      <c r="F25" s="7">
+        <v>-48709.0</v>
+      </c>
+      <c r="G25" s="7">
+        <v>-22115.0</v>
+      </c>
+      <c r="H25" s="7">
+        <v>-7224.0</v>
+      </c>
+      <c r="I25" s="7">
+        <v>-25196.0</v>
+      </c>
+      <c r="J25" s="7">
+        <v>-5038.0</v>
+      </c>
+      <c r="K25" s="7">
+        <v>-7400.0</v>
+      </c>
+      <c r="L25" s="7">
+        <v>-9156.0</v>
+      </c>
+      <c r="M25" s="7">
+        <v>-47766.0</v>
+      </c>
+      <c r="N25" s="7">
+        <v>-23853.0</v>
+      </c>
+      <c r="O25" s="7">
+        <v>-4140.0</v>
+      </c>
+      <c r="P25" s="7">
+        <v>-8401.0</v>
+      </c>
+      <c r="Q25" s="7">
+        <v>-10884.0</v>
+      </c>
+      <c r="R25" s="7">
+        <v>-25421.0</v>
+      </c>
+      <c r="S25" s="7">
+        <v>-5379.0</v>
+      </c>
+      <c r="T25" s="7">
+        <v>-13120.0</v>
+      </c>
+      <c r="U25" s="7">
+        <v>-16340.0</v>
+      </c>
+      <c r="V25" s="7">
+        <v>-20001.0</v>
+      </c>
+      <c r="W25" s="7">
+        <v>-19410.0</v>
+      </c>
+      <c r="X25" s="7">
+        <v>-18310.0</v>
       </c>
     </row>
     <row r="26" spans="1:24">
-      <c r="A26" s="7" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A26" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="B26" s="7">
+        <v>-3354.0</v>
+      </c>
+      <c r="C26" s="7">
+        <v>-3079.0</v>
+      </c>
+      <c r="D26" s="7">
+        <v>-2660.0</v>
+      </c>
+      <c r="E26" s="7">
+        <v>-2116.0</v>
+      </c>
+      <c r="F26" s="7">
+        <v>-2284.0</v>
+      </c>
+      <c r="G26" s="7">
+        <v>-2466.0</v>
+      </c>
+      <c r="H26" s="7">
+        <v>-1958.0</v>
+      </c>
+      <c r="I26" s="7">
+        <v>-2133.0</v>
+      </c>
+      <c r="J26" s="7">
+        <v>-2682.0</v>
+      </c>
+      <c r="K26" s="7">
+        <v>-1948.0</v>
+      </c>
+      <c r="L26" s="7">
+        <v>-1467.0</v>
+      </c>
+      <c r="M26" s="7">
+        <v>-2892.0</v>
+      </c>
+      <c r="N26" s="7">
+        <v>-1607.0</v>
+      </c>
+      <c r="O26" s="7">
+        <v>-1612.0</v>
+      </c>
+      <c r="P26" s="7">
+        <v>-1614.0</v>
+      </c>
+      <c r="Q26" s="7">
+        <v>-1485.0</v>
+      </c>
+      <c r="R26" s="7">
+        <v>-1009.0</v>
+      </c>
+      <c r="S26" s="7">
+        <v>-1613.0</v>
+      </c>
+      <c r="T26" s="7">
+        <v>-1062.0</v>
+      </c>
+      <c r="U26" s="7">
+        <v>-1807.0</v>
+      </c>
+      <c r="V26" s="7">
+        <v>-1929.0</v>
+      </c>
+      <c r="W26" s="7">
+        <v>-1352.0</v>
+      </c>
+      <c r="X26" s="7">
+        <v>-965.0</v>
       </c>
     </row>
     <row r="27" spans="1:24">
-      <c r="A27" s="7" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A27" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="B27" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C27" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="D27" s="7">
+        <v>-4350.0</v>
+      </c>
+      <c r="E27" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="F27" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="G27" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="H27" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="I27" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="J27" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="K27" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="L27" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="M27" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="N27" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="O27" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="P27" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="Q27" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="R27" s="7">
+        <v>-13261.0</v>
+      </c>
+      <c r="S27" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="T27" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="U27" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="V27" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="W27" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="X27" s="7">
+        <v>0.0</v>
       </c>
     </row>
     <row r="28" spans="1:24">
-      <c r="A28" s="7" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A28" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="B28" s="11">
+        <v>-66773.0</v>
+      </c>
+      <c r="C28" s="11">
+        <v>-213566.0</v>
+      </c>
+      <c r="D28" s="11">
+        <v>-132589.0</v>
+      </c>
+      <c r="E28" s="11">
+        <v>-61183.0</v>
+      </c>
+      <c r="F28" s="11">
+        <v>-59196.0</v>
+      </c>
+      <c r="G28" s="11">
+        <v>-16015.0</v>
+      </c>
+      <c r="H28" s="11">
+        <v>-21119.0</v>
+      </c>
+      <c r="I28" s="11">
+        <v>-57051.0</v>
+      </c>
+      <c r="J28" s="11">
+        <v>11335.0</v>
+      </c>
+      <c r="K28" s="11">
+        <v>-33264.0</v>
+      </c>
+      <c r="L28" s="11">
+        <v>-28613.0</v>
+      </c>
+      <c r="M28" s="11">
+        <v>-138617.0</v>
+      </c>
+      <c r="N28" s="11">
+        <v>-72182.0</v>
+      </c>
+      <c r="O28" s="11">
+        <v>-26472.0</v>
+      </c>
+      <c r="P28" s="11">
+        <v>-67103.0</v>
+      </c>
+      <c r="Q28" s="11">
+        <v>4038.0</v>
+      </c>
+      <c r="R28" s="11">
+        <v>-33779.0</v>
+      </c>
+      <c r="S28" s="11">
+        <v>-27570.0</v>
+      </c>
+      <c r="T28" s="11">
+        <v>-36327.0</v>
+      </c>
+      <c r="U28" s="11">
+        <v>-82502.0</v>
+      </c>
+      <c r="V28" s="11">
+        <v>-16226.0</v>
+      </c>
+      <c r="W28" s="11">
+        <v>-28743.0</v>
+      </c>
+      <c r="X28" s="11">
+        <v>-15800.0</v>
       </c>
     </row>
     <row r="29" spans="1:24">
-      <c r="A29" s="7" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A29" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="B29" s="7">
+        <v>-310447.0</v>
+      </c>
+      <c r="C29" s="7">
+        <v>-260843.0</v>
+      </c>
+      <c r="D29" s="7">
+        <v>-386250.0</v>
+      </c>
+      <c r="E29" s="7">
+        <v>-57356.0</v>
+      </c>
+      <c r="F29" s="7">
+        <v>-52148.0</v>
+      </c>
+      <c r="G29" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="H29" s="7">
+        <v>-125280.0</v>
+      </c>
+      <c r="I29" s="7">
+        <v>-219913.0</v>
+      </c>
+      <c r="J29" s="7">
+        <v>-90190.0</v>
+      </c>
+      <c r="K29" s="7">
+        <v>-44960.0</v>
+      </c>
+      <c r="L29" s="7">
+        <v>-291534.0</v>
+      </c>
+      <c r="M29" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="N29" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="O29" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="P29" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="Q29" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="R29" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="S29" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="T29" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="U29" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="V29" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="W29" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="X29" s="7">
+        <v>0.0</v>
       </c>
     </row>
     <row r="30" spans="1:24">
-      <c r="A30" s="14" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A30" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="D30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="E30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="F30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="G30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="H30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="I30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="J30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="K30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="L30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="M30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="N30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="O30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="P30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="Q30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="R30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="S30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="T30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="U30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="V30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="W30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="X30" s="7">
+        <v>143000.0</v>
       </c>
     </row>
     <row r="31" spans="1:24">
-      <c r="A31" s="7" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A31" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="B31" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C31" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="D31" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="E31" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="F31" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="G31" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="H31" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="I31" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="J31" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="K31" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="L31" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="M31" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="N31" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="O31" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="P31" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="Q31" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="R31" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="S31" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="T31" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="U31" s="7">
+        <v>-72000.0</v>
+      </c>
+      <c r="V31" s="7">
+        <v>-70000.0</v>
+      </c>
+      <c r="W31" s="7">
+        <v>-1000.0</v>
+      </c>
+      <c r="X31" s="7">
+        <v>0.0</v>
       </c>
     </row>
     <row r="32" spans="1:24">
-      <c r="A32" s="7" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A32" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="B32" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C32" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="D32" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="E32" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="F32" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="G32" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="H32" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="I32" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="J32" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="K32" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="L32" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="M32" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="N32" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="O32" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="P32" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="Q32" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="R32" s="7">
+        <v>-72.0</v>
+      </c>
+      <c r="S32" s="7">
+        <v>-1852.0</v>
+      </c>
+      <c r="T32" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="U32" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="V32" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="W32" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="X32" s="7">
+        <v>0.0</v>
       </c>
     </row>
     <row r="33" spans="1:24">
-      <c r="A33" s="7" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A33" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="B33" s="7">
+        <v>6202.0</v>
+      </c>
+      <c r="C33" s="7">
+        <v>6145.0</v>
+      </c>
+      <c r="D33" s="7">
+        <v>7940.0</v>
+      </c>
+      <c r="E33" s="7">
+        <v>88591.0</v>
+      </c>
+      <c r="F33" s="7">
+        <v>89526.0</v>
+      </c>
+      <c r="G33" s="7">
+        <v>27360.0</v>
+      </c>
+      <c r="H33" s="7">
+        <v>10804.0</v>
+      </c>
+      <c r="I33" s="7">
+        <v>15162.0</v>
+      </c>
+      <c r="J33" s="7">
+        <v>17591.0</v>
+      </c>
+      <c r="K33" s="7">
+        <v>17407.0</v>
+      </c>
+      <c r="L33" s="7">
+        <v>10365.0</v>
+      </c>
+      <c r="M33" s="7">
+        <v>4813.0</v>
+      </c>
+      <c r="N33" s="7">
+        <v>10917.0</v>
+      </c>
+      <c r="O33" s="7">
+        <v>7387.0</v>
+      </c>
+      <c r="P33" s="7">
+        <v>24408.0</v>
+      </c>
+      <c r="Q33" s="7">
+        <v>21917.0</v>
+      </c>
+      <c r="R33" s="7">
+        <v>13220.0</v>
+      </c>
+      <c r="S33" s="7">
+        <v>13718.0</v>
+      </c>
+      <c r="T33" s="7">
+        <v>12621.0</v>
+      </c>
+      <c r="U33" s="7">
+        <v>22204.0</v>
+      </c>
+      <c r="V33" s="7">
+        <v>12247.0</v>
+      </c>
+      <c r="W33" s="7">
+        <v>22375.0</v>
+      </c>
+      <c r="X33" s="7">
+        <v>19320.0</v>
       </c>
     </row>
     <row r="34" spans="1:24">
-      <c r="A34" s="7" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A34" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="B34" s="7">
+        <v>-4.0</v>
+      </c>
+      <c r="C34" s="7">
+        <v>32450.0</v>
+      </c>
+      <c r="D34" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="E34" s="7">
+        <v>19867.0</v>
+      </c>
+      <c r="F34" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="G34" s="7">
+        <v>30122.0</v>
+      </c>
+      <c r="H34" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="I34" s="7">
+        <v>17166.0</v>
+      </c>
+      <c r="J34" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="K34" s="7">
+        <v>21316.0</v>
+      </c>
+      <c r="L34" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="M34" s="7">
+        <v>7515.0</v>
+      </c>
+      <c r="N34" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="O34" s="7">
+        <v>25547.0</v>
+      </c>
+      <c r="P34" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="Q34" s="7">
+        <v>6471.0</v>
+      </c>
+      <c r="R34" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="S34" s="7">
+        <v>22758.0</v>
+      </c>
+      <c r="T34" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="U34" s="7">
+        <v>6636.0</v>
+      </c>
+      <c r="V34" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="W34" s="7">
+        <v>15035.0</v>
+      </c>
+      <c r="X34" s="7">
+        <v>0.0</v>
       </c>
     </row>
     <row r="35" spans="1:24">
-      <c r="A35" s="7" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A35" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B35" s="7">
+        <v>-22678.0</v>
+      </c>
+      <c r="C35" s="7">
+        <v>-25596.0</v>
+      </c>
+      <c r="D35" s="7">
+        <v>-31452.0</v>
+      </c>
+      <c r="E35" s="7">
+        <v>-41332.0</v>
+      </c>
+      <c r="F35" s="7">
+        <v>-39394.0</v>
+      </c>
+      <c r="G35" s="7">
+        <v>-31563.0</v>
+      </c>
+      <c r="H35" s="7">
+        <v>-26806.0</v>
+      </c>
+      <c r="I35" s="7">
+        <v>-23119.0</v>
+      </c>
+      <c r="J35" s="7">
+        <v>-24343.0</v>
+      </c>
+      <c r="K35" s="7">
+        <v>-15459.0</v>
+      </c>
+      <c r="L35" s="7">
+        <v>-15595.0</v>
+      </c>
+      <c r="M35" s="7">
+        <v>-11341.0</v>
+      </c>
+      <c r="N35" s="7">
+        <v>-14058.0</v>
+      </c>
+      <c r="O35" s="7">
+        <v>-9768.0</v>
+      </c>
+      <c r="P35" s="7">
+        <v>-13428.0</v>
+      </c>
+      <c r="Q35" s="7">
+        <v>-18582.0</v>
+      </c>
+      <c r="R35" s="7">
+        <v>-9038.0</v>
+      </c>
+      <c r="S35" s="7">
+        <v>-12155.0</v>
+      </c>
+      <c r="T35" s="7">
+        <v>-17080.0</v>
+      </c>
+      <c r="U35" s="7">
+        <v>-38954.0</v>
+      </c>
+      <c r="V35" s="7">
+        <v>-6455.0</v>
+      </c>
+      <c r="W35" s="7">
+        <v>-2836.0</v>
+      </c>
+      <c r="X35" s="7">
+        <v>-4893.0</v>
       </c>
     </row>
     <row r="36" spans="1:24">
-      <c r="A36" s="7" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A36" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B36" s="7">
+        <v>-74239.0</v>
+      </c>
+      <c r="C36" s="7">
+        <v>74239.0</v>
+      </c>
+      <c r="D36" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="E36" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="F36" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="G36" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="H36" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="I36" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="J36" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="K36" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="L36" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="M36" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="N36" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="O36" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="P36" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="Q36" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="R36" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="S36" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="T36" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="U36" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="V36" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="W36" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="X36" s="7">
+        <v>0.0</v>
       </c>
     </row>
     <row r="37" spans="1:24">
-      <c r="A37" s="7" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A37" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="B37" s="11">
+        <v>-401166.0</v>
+      </c>
+      <c r="C37" s="11">
+        <v>-173605.0</v>
+      </c>
+      <c r="D37" s="11">
+        <v>-409762.0</v>
+      </c>
+      <c r="E37" s="11">
+        <v>9770.0</v>
+      </c>
+      <c r="F37" s="11">
+        <v>-2016.0</v>
+      </c>
+      <c r="G37" s="11">
+        <v>25919.0</v>
+      </c>
+      <c r="H37" s="11">
+        <v>-141282.0</v>
+      </c>
+      <c r="I37" s="11">
+        <v>-210704.0</v>
+      </c>
+      <c r="J37" s="11">
+        <v>-96942.0</v>
+      </c>
+      <c r="K37" s="11">
+        <v>-21696.0</v>
+      </c>
+      <c r="L37" s="11">
+        <v>-296764.0</v>
+      </c>
+      <c r="M37" s="11">
+        <v>987.0</v>
+      </c>
+      <c r="N37" s="11">
+        <v>-3141.0</v>
+      </c>
+      <c r="O37" s="11">
+        <v>23166.0</v>
+      </c>
+      <c r="P37" s="11">
+        <v>10980.0</v>
+      </c>
+      <c r="Q37" s="11">
+        <v>9806.0</v>
+      </c>
+      <c r="R37" s="11">
+        <v>4110.0</v>
+      </c>
+      <c r="S37" s="11">
+        <v>22469.0</v>
+      </c>
+      <c r="T37" s="11">
+        <v>-4459.0</v>
+      </c>
+      <c r="U37" s="11">
+        <v>-82114.0</v>
+      </c>
+      <c r="V37" s="11">
+        <v>-64208.0</v>
+      </c>
+      <c r="W37" s="11">
+        <v>33574.0</v>
+      </c>
+      <c r="X37" s="11">
+        <v>157427.0</v>
       </c>
     </row>
     <row r="38" spans="1:24">
-      <c r="A38" s="7" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A38" s="14" t="s">
+        <v>36</v>
+      </c>
+      <c r="B38" s="11">
+        <v>-243253.0</v>
+      </c>
+      <c r="C38" s="11">
+        <v>-222158.0</v>
+      </c>
+      <c r="D38" s="11">
+        <v>-250918.0</v>
+      </c>
+      <c r="E38" s="11">
+        <v>147988.0</v>
+      </c>
+      <c r="F38" s="11">
+        <v>212112.0</v>
+      </c>
+      <c r="G38" s="11">
+        <v>91163.0</v>
+      </c>
+      <c r="H38" s="11">
+        <v>23071.0</v>
+      </c>
+      <c r="I38" s="11">
+        <v>-176635.0</v>
+      </c>
+      <c r="J38" s="11">
+        <v>105933.0</v>
+      </c>
+      <c r="K38" s="11">
+        <v>73129.0</v>
+      </c>
+      <c r="L38" s="11">
+        <v>-137804.0</v>
+      </c>
+      <c r="M38" s="11">
+        <v>35850.0</v>
+      </c>
+      <c r="N38" s="11">
+        <v>61973.0</v>
+      </c>
+      <c r="O38" s="11">
+        <v>88460.0</v>
+      </c>
+      <c r="P38" s="11">
+        <v>90069.0</v>
+      </c>
+      <c r="Q38" s="11">
+        <v>177238.0</v>
+      </c>
+      <c r="R38" s="11">
+        <v>100009.0</v>
+      </c>
+      <c r="S38" s="11">
+        <v>5270.0</v>
+      </c>
+      <c r="T38" s="11">
+        <v>34284.0</v>
+      </c>
+      <c r="U38" s="11">
+        <v>2982.0</v>
+      </c>
+      <c r="V38" s="11">
+        <v>8027.0</v>
+      </c>
+      <c r="W38" s="11">
+        <v>101133.0</v>
+      </c>
+      <c r="X38" s="11">
+        <v>194335.0</v>
       </c>
     </row>
     <row r="39" spans="1:24">
-      <c r="A39" s="14" t="s">
-[...73 lines deleted...]
-      <c r="A40" s="15" t="s">
+      <c r="A39" s="15" t="s">
         <v>37</v>
       </c>
-      <c r="B40" s="12" t="e">
-[...95 lines deleted...]
-      <c r="X41" s="16"/>
+      <c r="B39" s="15"/>
+      <c r="C39" s="15"/>
+      <c r="D39" s="15"/>
+      <c r="E39" s="15"/>
+      <c r="F39" s="15"/>
+      <c r="G39" s="15"/>
+      <c r="H39" s="15"/>
+      <c r="I39" s="15"/>
+      <c r="J39" s="15"/>
+      <c r="K39" s="15"/>
+      <c r="L39" s="15"/>
+      <c r="M39" s="15"/>
+      <c r="N39" s="15"/>
+      <c r="O39" s="15"/>
+      <c r="P39" s="15"/>
+      <c r="Q39" s="15"/>
+      <c r="R39" s="15"/>
+      <c r="S39" s="15"/>
+      <c r="T39" s="15"/>
+      <c r="U39" s="15"/>
+      <c r="V39" s="15"/>
+      <c r="W39" s="15"/>
+      <c r="X39" s="15"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">