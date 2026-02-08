--- v0 (2025-12-26)
+++ v1 (2026-02-08)
@@ -31,51 +31,51 @@
     <sheet name="필요한 수익률" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>Trade Desk Inc.</t>
   </si>
   <si>
     <t>주당배당금(DPS) 예측</t>
   </si>
   <si>
     <t>년</t>
   </si>
   <si>
     <t>값</t>
   </si>
   <si>
     <t>DPS(t) 또는 TV(t)</t>
   </si>
   <si>
-    <t>현재 가치 19.61%</t>
+    <t>현재 가치 23.25%</t>
   </si>
   <si>
     <t>DPS(0)</t>
   </si>
   <si>
     <t>DPS(1)</t>
   </si>
   <si>
     <t>DPS(2)</t>
   </si>
   <si>
     <t>DPS(3)</t>
   </si>
   <si>
     <t>DPS(4)</t>
   </si>
   <si>
     <t>DPS(5)</t>
   </si>
   <si>
     <t>TV(5)</t>
   </si>
   <si>
     <t>보통주의 내재가치(주당 Trade Desk Inc. )</t>
   </si>
@@ -694,51 +694,51 @@
         <v>5</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C11" s="5">
         <v>0.0</v>
       </c>
       <c r="D11" s="5">
         <v>0.0</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D12" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D13" s="8">
-        <v>38.12</v>
+        <v>27.039999999999999</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B14" s="9"/>
       <c r="C14" s="9"/>
       <c r="D14" s="9"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A12:C12"/>
     <mergeCell ref="A13:C13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -755,84 +755,84 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="4" spans="1:3" customHeight="1" ht="34.8">
       <c r="A4" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>19</v>
       </c>
       <c r="C5" s="12">
-        <v>0.0473</v>
+        <v>0.0479</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="11" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="4" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="12">
-        <v>0.1488</v>
+        <v>0.1738</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="11" t="s">
         <v>22</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>23</v>
       </c>
       <c r="C7" s="5">
         <v>1.47</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="6" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="13">
-        <v>0.1961</v>
+        <v>0.2325</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="9"/>
       <c r="C10" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>