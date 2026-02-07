--- v0 (2025-11-11)
+++ v1 (2026-02-07)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>유료 사용자 영역. 데이터를 사용할 수 없습니다!</t>
   </si>
   <si>
     <t>Trade Desk Inc.</t>
   </si>
   <si>
     <t>잉여 현금 흐름 대비 자기자본 비율(FCFE) 예측</t>
   </si>
   <si>
     <t>US$ 단위(단위: 천 달러), 주당 데이터 제외</t>
   </si>
   <si>
     <t>년</t>
   </si>
   <si>
     <t>값</t>
   </si>
   <si>
     <t>FCFE(t) 또는 TV(t)</t>
   </si>
   <si>
-    <t>현재 가치 19.69%</t>
+    <t>현재 가치 23.25%</t>
   </si>
   <si>
     <t>FCFE(0)</t>
   </si>
   <si>
     <t>FCFE(1)</t>
   </si>
   <si>
     <t>FCFE(2)</t>
   </si>
   <si>
     <t>FCFE(3)</t>
   </si>
   <si>
     <t>FCFE(4)</t>
   </si>
   <si>
     <t>FCFE(5)</t>
   </si>
   <si>
     <t>TV(5)</t>
   </si>
   <si>
     <t>보통주의 내재가치 Trade Desk Inc.</t>
   </si>