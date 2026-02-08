--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1712,60 +1712,60 @@
       <c r="D15" s="8">
         <v>0.39</v>
       </c>
       <c r="E15" s="8">
         <v>0.43</v>
       </c>
       <c r="F15" s="8">
         <v>0.48</v>
       </c>
       <c r="G15" s="8">
         <v>0.54</v>
       </c>
       <c r="H15" s="8">
         <v>0.59</v>
       </c>
       <c r="I15" s="8">
         <v>0.58</v>
       </c>
       <c r="J15" s="8">
         <v>0.62</v>
       </c>
       <c r="K15" s="8">
         <v>0.53</v>
       </c>
       <c r="L15" s="8">
-        <v>0.54</v>
+        <v>0.0</v>
       </c>
       <c r="M15" s="8">
-        <v>0.63</v>
+        <v>0.0</v>
       </c>
       <c r="N15" s="8">
-        <v>0.67</v>
+        <v>0.0</v>
       </c>
       <c r="O15" s="8">
-        <v>0.58</v>
+        <v>0.0</v>
       </c>
       <c r="P15" s="8">
         <v>0.0</v>
       </c>
       <c r="Q15" s="8">
         <v>0.0</v>
       </c>
       <c r="R15" s="8">
         <v>0.0</v>
       </c>
       <c r="S15" s="8">
         <v>0.0</v>
       </c>
       <c r="T15" s="8">
         <v>0.0</v>
       </c>
       <c r="U15" s="8">
         <v>0.0</v>
       </c>
       <c r="V15" s="8">
         <v>0.0</v>
       </c>
       <c r="W15" s="8">
         <v>0.0</v>
       </c>
@@ -2647,60 +2647,60 @@
       <c r="D18" s="8">
         <v>0.77</v>
       </c>
       <c r="E18" s="8">
         <v>0.84</v>
       </c>
       <c r="F18" s="8">
         <v>0.91</v>
       </c>
       <c r="G18" s="8">
         <v>1.0</v>
       </c>
       <c r="H18" s="8">
         <v>1.06</v>
       </c>
       <c r="I18" s="8">
         <v>1.05</v>
       </c>
       <c r="J18" s="8">
         <v>1.08</v>
       </c>
       <c r="K18" s="8">
         <v>0.97</v>
       </c>
       <c r="L18" s="8">
-        <v>0.96</v>
+        <v>0.0</v>
       </c>
       <c r="M18" s="8">
-        <v>1.07</v>
+        <v>0.0</v>
       </c>
       <c r="N18" s="8">
-        <v>1.07</v>
+        <v>0.0</v>
       </c>
       <c r="O18" s="8">
-        <v>0.98</v>
+        <v>0.0</v>
       </c>
       <c r="P18" s="8">
         <v>0.0</v>
       </c>
       <c r="Q18" s="8">
         <v>0.0</v>
       </c>
       <c r="R18" s="8">
         <v>0.0</v>
       </c>
       <c r="S18" s="8">
         <v>0.0</v>
       </c>
       <c r="T18" s="8">
         <v>0.0</v>
       </c>
       <c r="U18" s="8">
         <v>0.0</v>
       </c>
       <c r="V18" s="8">
         <v>0.0</v>
       </c>
       <c r="W18" s="8">
         <v>0.0</v>
       </c>
@@ -3440,60 +3440,60 @@
       <c r="D15" s="8">
         <v>0.28</v>
       </c>
       <c r="E15" s="8">
         <v>0.3</v>
       </c>
       <c r="F15" s="8">
         <v>0.32</v>
       </c>
       <c r="G15" s="8">
         <v>0.35</v>
       </c>
       <c r="H15" s="8">
         <v>0.37</v>
       </c>
       <c r="I15" s="8">
         <v>0.37</v>
       </c>
       <c r="J15" s="8">
         <v>0.38</v>
       </c>
       <c r="K15" s="8">
         <v>0.35</v>
       </c>
       <c r="L15" s="8">
-        <v>0.35</v>
+        <v>0.0</v>
       </c>
       <c r="M15" s="8">
-        <v>0.39</v>
+        <v>0.0</v>
       </c>
       <c r="N15" s="8">
-        <v>0.4</v>
+        <v>0.0</v>
       </c>
       <c r="O15" s="8">
-        <v>0.37</v>
+        <v>0.0</v>
       </c>
       <c r="P15" s="8">
         <v>0.0</v>
       </c>
       <c r="Q15" s="8">
         <v>0.0</v>
       </c>
       <c r="R15" s="8">
         <v>0.0</v>
       </c>
       <c r="S15" s="8">
         <v>0.0</v>
       </c>
       <c r="T15" s="8">
         <v>0.0</v>
       </c>
       <c r="U15" s="8">
         <v>0.0</v>
       </c>
       <c r="V15" s="8">
         <v>0.0</v>
       </c>
       <c r="W15" s="8">
         <v>0.0</v>
       </c>
@@ -4446,60 +4446,60 @@
       <c r="D18" s="8">
         <v>0.43</v>
       </c>
       <c r="E18" s="8">
         <v>0.46</v>
       </c>
       <c r="F18" s="8">
         <v>0.48</v>
       </c>
       <c r="G18" s="8">
         <v>0.5</v>
       </c>
       <c r="H18" s="8">
         <v>0.51</v>
       </c>
       <c r="I18" s="8">
         <v>0.51</v>
       </c>
       <c r="J18" s="8">
         <v>0.52</v>
       </c>
       <c r="K18" s="8">
         <v>0.49</v>
       </c>
       <c r="L18" s="8">
-        <v>0.49</v>
+        <v>0.0</v>
       </c>
       <c r="M18" s="8">
-        <v>0.52</v>
+        <v>0.0</v>
       </c>
       <c r="N18" s="8">
-        <v>0.52</v>
+        <v>0.0</v>
       </c>
       <c r="O18" s="8">
-        <v>0.49</v>
+        <v>0.0</v>
       </c>
       <c r="P18" s="8">
         <v>0.0</v>
       </c>
       <c r="Q18" s="8">
         <v>0.0</v>
       </c>
       <c r="R18" s="8">
         <v>0.0</v>
       </c>
       <c r="S18" s="8">
         <v>0.0</v>
       </c>
       <c r="T18" s="8">
         <v>0.0</v>
       </c>
       <c r="U18" s="8">
         <v>0.0</v>
       </c>
       <c r="V18" s="8">
         <v>0.0</v>
       </c>
       <c r="W18" s="8">
         <v>0.0</v>
       </c>
@@ -5168,60 +5168,60 @@
       <c r="D15" s="8">
         <v>0.15</v>
       </c>
       <c r="E15" s="8">
         <v>0.16</v>
       </c>
       <c r="F15" s="8">
         <v>0.17</v>
       </c>
       <c r="G15" s="8">
         <v>0.18</v>
       </c>
       <c r="H15" s="8">
         <v>0.19</v>
       </c>
       <c r="I15" s="8">
         <v>0.19</v>
       </c>
       <c r="J15" s="8">
         <v>0.19</v>
       </c>
       <c r="K15" s="8">
         <v>0.17</v>
       </c>
       <c r="L15" s="8">
-        <v>0.18</v>
+        <v>0.0</v>
       </c>
       <c r="M15" s="8">
-        <v>0.2</v>
+        <v>0.0</v>
       </c>
       <c r="N15" s="8">
-        <v>0.21</v>
+        <v>0.0</v>
       </c>
       <c r="O15" s="8">
-        <v>0.19</v>
+        <v>0.0</v>
       </c>
       <c r="P15" s="8">
         <v>0.0</v>
       </c>
       <c r="Q15" s="8">
         <v>0.0</v>
       </c>
       <c r="R15" s="8">
         <v>0.0</v>
       </c>
       <c r="S15" s="8">
         <v>0.0</v>
       </c>
       <c r="T15" s="8">
         <v>0.0</v>
       </c>
       <c r="U15" s="8">
         <v>0.0</v>
       </c>
       <c r="V15" s="8">
         <v>0.0</v>
       </c>
       <c r="W15" s="8">
         <v>0.0</v>
       </c>
@@ -6103,60 +6103,60 @@
       <c r="D18" s="8">
         <v>0.29</v>
       </c>
       <c r="E18" s="8">
         <v>0.32</v>
       </c>
       <c r="F18" s="8">
         <v>0.32</v>
       </c>
       <c r="G18" s="8">
         <v>0.33</v>
       </c>
       <c r="H18" s="8">
         <v>0.33</v>
       </c>
       <c r="I18" s="8">
         <v>0.34</v>
       </c>
       <c r="J18" s="8">
         <v>0.34</v>
       </c>
       <c r="K18" s="8">
         <v>0.32</v>
       </c>
       <c r="L18" s="8">
-        <v>0.31</v>
+        <v>0.0</v>
       </c>
       <c r="M18" s="8">
-        <v>0.34</v>
+        <v>0.0</v>
       </c>
       <c r="N18" s="8">
-        <v>0.34</v>
+        <v>0.0</v>
       </c>
       <c r="O18" s="8">
-        <v>0.31</v>
+        <v>0.0</v>
       </c>
       <c r="P18" s="8">
         <v>0.0</v>
       </c>
       <c r="Q18" s="8">
         <v>0.0</v>
       </c>
       <c r="R18" s="8">
         <v>0.0</v>
       </c>
       <c r="S18" s="8">
         <v>0.0</v>
       </c>
       <c r="T18" s="8">
         <v>0.0</v>
       </c>
       <c r="U18" s="8">
         <v>0.0</v>
       </c>
       <c r="V18" s="8">
         <v>0.0</v>
       </c>
       <c r="W18" s="8">
         <v>0.0</v>
       </c>
@@ -6754,60 +6754,60 @@
       <c r="D13" s="8">
         <v>2.61</v>
       </c>
       <c r="E13" s="8">
         <v>2.66</v>
       </c>
       <c r="F13" s="8">
         <v>2.83</v>
       </c>
       <c r="G13" s="8">
         <v>3.0099999999999998</v>
       </c>
       <c r="H13" s="8">
         <v>3.17</v>
       </c>
       <c r="I13" s="8">
         <v>3.12</v>
       </c>
       <c r="J13" s="8">
         <v>3.19</v>
       </c>
       <c r="K13" s="8">
         <v>3.07</v>
       </c>
       <c r="L13" s="8">
-        <v>3.04</v>
+        <v>0.0</v>
       </c>
       <c r="M13" s="8">
-        <v>3.17</v>
+        <v>0.0</v>
       </c>
       <c r="N13" s="8">
-        <v>3.14</v>
+        <v>0.0</v>
       </c>
       <c r="O13" s="8">
-        <v>3.13</v>
+        <v>0.0</v>
       </c>
       <c r="P13" s="8">
         <v>0.0</v>
       </c>
       <c r="Q13" s="8">
         <v>0.0</v>
       </c>
       <c r="R13" s="8">
         <v>0.0</v>
       </c>
       <c r="S13" s="8">
         <v>0.0</v>
       </c>
       <c r="T13" s="8">
         <v>0.0</v>
       </c>
       <c r="U13" s="8">
         <v>0.0</v>
       </c>
       <c r="V13" s="8">
         <v>0.0</v>
       </c>
       <c r="W13" s="8">
         <v>0.0</v>
       </c>