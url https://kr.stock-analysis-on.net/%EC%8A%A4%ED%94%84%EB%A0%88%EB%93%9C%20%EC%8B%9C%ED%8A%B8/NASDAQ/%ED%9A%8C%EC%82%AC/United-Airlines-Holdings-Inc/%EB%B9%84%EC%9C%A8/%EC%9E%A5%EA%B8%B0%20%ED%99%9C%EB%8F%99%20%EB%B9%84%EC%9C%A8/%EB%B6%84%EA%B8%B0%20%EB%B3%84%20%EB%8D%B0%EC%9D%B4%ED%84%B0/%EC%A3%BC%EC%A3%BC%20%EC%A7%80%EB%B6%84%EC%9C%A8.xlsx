--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -997,60 +997,60 @@
       <c r="I15" s="13">
         <v>1.63</v>
       </c>
       <c r="J15" s="13">
         <v>1.72</v>
       </c>
       <c r="K15" s="13">
         <v>1.88</v>
       </c>
       <c r="L15" s="13">
         <v>2.0099999999999998</v>
       </c>
       <c r="M15" s="13">
         <v>2.05</v>
       </c>
       <c r="N15" s="13">
         <v>2.08</v>
       </c>
       <c r="O15" s="13">
         <v>1.84</v>
       </c>
       <c r="P15" s="13">
         <v>1.9</v>
       </c>
       <c r="Q15" s="13">
-        <v>1.54</v>
+        <v>0.0</v>
       </c>
       <c r="R15" s="13">
-        <v>1.52</v>
+        <v>0.0</v>
       </c>
       <c r="S15" s="13">
-        <v>1.44</v>
+        <v>0.0</v>
       </c>
       <c r="T15" s="13">
-        <v>1.19</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="13">
         <v>5.66</v>
       </c>
       <c r="C16" s="13">
         <v>5.73</v>
       </c>
       <c r="D16" s="13">
         <v>5.81</v>
       </c>
       <c r="E16" s="13">
         <v>5.45</v>
       </c>
       <c r="F16" s="13">
         <v>5.38</v>
       </c>
       <c r="G16" s="13">
         <v>5.26</v>
       </c>
       <c r="H16" s="13">