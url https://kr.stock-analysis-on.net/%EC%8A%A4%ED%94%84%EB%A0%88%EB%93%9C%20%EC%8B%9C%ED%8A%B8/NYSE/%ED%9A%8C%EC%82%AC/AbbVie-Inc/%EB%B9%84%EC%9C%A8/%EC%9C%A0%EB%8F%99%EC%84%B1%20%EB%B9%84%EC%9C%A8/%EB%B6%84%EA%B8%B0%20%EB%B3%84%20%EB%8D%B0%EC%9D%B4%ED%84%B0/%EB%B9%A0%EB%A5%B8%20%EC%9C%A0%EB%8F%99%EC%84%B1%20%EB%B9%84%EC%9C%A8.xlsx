--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1588,60 +1588,60 @@
       <c r="I25" s="14">
         <v>4.82</v>
       </c>
       <c r="J25" s="14">
         <v>4.31</v>
       </c>
       <c r="K25" s="14">
         <v>4.53</v>
       </c>
       <c r="L25" s="14">
         <v>4.54</v>
       </c>
       <c r="M25" s="14">
         <v>4.16</v>
       </c>
       <c r="N25" s="14">
         <v>4.37</v>
       </c>
       <c r="O25" s="14">
         <v>4.2</v>
       </c>
       <c r="P25" s="14">
         <v>3.95</v>
       </c>
       <c r="Q25" s="14">
-        <v>2.98</v>
+        <v>0.0</v>
       </c>
       <c r="R25" s="14">
-        <v>3.03</v>
+        <v>0.0</v>
       </c>
       <c r="S25" s="14">
-        <v>2.92</v>
+        <v>0.0</v>
       </c>
       <c r="T25" s="14">
-        <v>2.39</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:20">
       <c r="A26" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B26" s="14">
         <v>0.95</v>
       </c>
       <c r="C26" s="14">
         <v>1.29</v>
       </c>
       <c r="D26" s="14">
         <v>1.2</v>
       </c>
       <c r="E26" s="14">
         <v>1.14</v>
       </c>
       <c r="F26" s="14">
         <v>1.13</v>
       </c>
       <c r="G26" s="14">
         <v>1.24</v>
       </c>
       <c r="H26" s="14">