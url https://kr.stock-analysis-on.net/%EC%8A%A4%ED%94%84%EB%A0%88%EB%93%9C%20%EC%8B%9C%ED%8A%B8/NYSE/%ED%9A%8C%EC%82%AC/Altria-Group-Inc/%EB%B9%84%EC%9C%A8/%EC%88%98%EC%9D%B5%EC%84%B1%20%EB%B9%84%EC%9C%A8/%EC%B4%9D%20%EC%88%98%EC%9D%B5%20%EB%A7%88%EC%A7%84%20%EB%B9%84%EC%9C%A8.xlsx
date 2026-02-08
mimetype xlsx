--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -711,51 +711,51 @@
       </c>
       <c r="D14" s="12">
         <v>0.5335</v>
       </c>
       <c r="E14" s="12">
         <v>0.0</v>
       </c>
       <c r="F14" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="12">
         <v>0.6335</v>
       </c>
       <c r="C15" s="12">
         <v>0.641</v>
       </c>
       <c r="D15" s="12">
         <v>0.6806</v>
       </c>
       <c r="E15" s="12">
-        <v>0.6665</v>
+        <v>0.0</v>
       </c>
       <c r="F15" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="13" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="13"/>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="13"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>