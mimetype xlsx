--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1501,60 +1501,60 @@
       <c r="C15" s="7">
         <v>58.66</v>
       </c>
       <c r="D15" s="7">
         <v>65.73999999999999</v>
       </c>
       <c r="E15" s="7">
         <v>110.16</v>
       </c>
       <c r="F15" s="7">
         <v>251.97</v>
       </c>
       <c r="G15" s="7">
         <v>0.0</v>
       </c>
       <c r="H15" s="7">
         <v>93.17</v>
       </c>
       <c r="I15" s="7">
         <v>118.45</v>
       </c>
       <c r="J15" s="7">
         <v>59.049999999999997</v>
       </c>
       <c r="K15" s="7">
-        <v>48.079999999999998</v>
+        <v>0.0</v>
       </c>
       <c r="L15" s="7">
-        <v>65.12</v>
+        <v>0.0</v>
       </c>
       <c r="M15" s="7">
-        <v>57.25</v>
+        <v>0.0</v>
       </c>
       <c r="N15" s="7">
-        <v>65.0</v>
+        <v>0.0</v>
       </c>
       <c r="O15" s="7">
         <v>0.0</v>
       </c>
       <c r="P15" s="7">
         <v>0.0</v>
       </c>
       <c r="Q15" s="7">
         <v>0.0</v>
       </c>
       <c r="R15" s="7">
         <v>0.0</v>
       </c>
       <c r="S15" s="7">
         <v>0.0</v>
       </c>
       <c r="T15" s="7">
         <v>0.0</v>
       </c>
       <c r="U15" s="7">
         <v>0.0</v>
       </c>
       <c r="V15" s="7">
         <v>0.0</v>
       </c>
@@ -2263,60 +2263,60 @@
       <c r="C15" s="7">
         <v>48.43</v>
       </c>
       <c r="D15" s="7">
         <v>50.039999999999999</v>
       </c>
       <c r="E15" s="7">
         <v>81.28</v>
       </c>
       <c r="F15" s="7">
         <v>81.030000000000001</v>
       </c>
       <c r="G15" s="7">
         <v>86.5</v>
       </c>
       <c r="H15" s="7">
         <v>81.33</v>
       </c>
       <c r="I15" s="7">
         <v>89.87</v>
       </c>
       <c r="J15" s="7">
         <v>64.23999999999999</v>
       </c>
       <c r="K15" s="7">
-        <v>64.48</v>
+        <v>0.0</v>
       </c>
       <c r="L15" s="7">
-        <v>60.45</v>
+        <v>0.0</v>
       </c>
       <c r="M15" s="7">
-        <v>56.87</v>
+        <v>0.0</v>
       </c>
       <c r="N15" s="7">
-        <v>62.96</v>
+        <v>0.0</v>
       </c>
       <c r="O15" s="7">
         <v>0.0</v>
       </c>
       <c r="P15" s="7">
         <v>0.0</v>
       </c>
       <c r="Q15" s="7">
         <v>0.0</v>
       </c>
       <c r="R15" s="7">
         <v>0.0</v>
       </c>
       <c r="S15" s="7">
         <v>0.0</v>
       </c>
       <c r="T15" s="7">
         <v>0.0</v>
       </c>
       <c r="U15" s="7">
         <v>0.0</v>
       </c>
       <c r="V15" s="7">
         <v>0.0</v>
       </c>
@@ -3025,60 +3025,60 @@
       <c r="C15" s="7">
         <v>3.1</v>
       </c>
       <c r="D15" s="7">
         <v>2.38</v>
       </c>
       <c r="E15" s="7">
         <v>2.68</v>
       </c>
       <c r="F15" s="7">
         <v>2.06</v>
       </c>
       <c r="G15" s="7">
         <v>2.06</v>
       </c>
       <c r="H15" s="7">
         <v>2.1</v>
       </c>
       <c r="I15" s="7">
         <v>2.83</v>
       </c>
       <c r="J15" s="7">
         <v>2.65</v>
       </c>
       <c r="K15" s="7">
-        <v>3.41</v>
+        <v>0.0</v>
       </c>
       <c r="L15" s="7">
-        <v>3.73</v>
+        <v>0.0</v>
       </c>
       <c r="M15" s="7">
-        <v>3.8</v>
+        <v>0.0</v>
       </c>
       <c r="N15" s="7">
-        <v>4.17</v>
+        <v>0.0</v>
       </c>
       <c r="O15" s="7">
         <v>0.0</v>
       </c>
       <c r="P15" s="7">
         <v>0.0</v>
       </c>
       <c r="Q15" s="7">
         <v>0.0</v>
       </c>
       <c r="R15" s="7">
         <v>0.0</v>
       </c>
       <c r="S15" s="7">
         <v>0.0</v>
       </c>
       <c r="T15" s="7">
         <v>0.0</v>
       </c>
       <c r="U15" s="7">
         <v>0.0</v>
       </c>
       <c r="V15" s="7">
         <v>0.0</v>
       </c>
@@ -3787,60 +3787,60 @@
       <c r="C15" s="7">
         <v>8.84</v>
       </c>
       <c r="D15" s="7">
         <v>7.21</v>
       </c>
       <c r="E15" s="7">
         <v>8.54</v>
       </c>
       <c r="F15" s="7">
         <v>7.0</v>
       </c>
       <c r="G15" s="7">
         <v>7.25</v>
       </c>
       <c r="H15" s="7">
         <v>7.67</v>
       </c>
       <c r="I15" s="7">
         <v>10.46</v>
       </c>
       <c r="J15" s="7">
         <v>9.44</v>
       </c>
       <c r="K15" s="7">
-        <v>11.6</v>
+        <v>0.0</v>
       </c>
       <c r="L15" s="7">
-        <v>14.19</v>
+        <v>0.0</v>
       </c>
       <c r="M15" s="7">
-        <v>14.68</v>
+        <v>0.0</v>
       </c>
       <c r="N15" s="7">
-        <v>16.93</v>
+        <v>0.0</v>
       </c>
       <c r="O15" s="7">
         <v>0.0</v>
       </c>
       <c r="P15" s="7">
         <v>0.0</v>
       </c>
       <c r="Q15" s="7">
         <v>0.0</v>
       </c>
       <c r="R15" s="7">
         <v>0.0</v>
       </c>
       <c r="S15" s="7">
         <v>0.0</v>
       </c>
       <c r="T15" s="7">
         <v>0.0</v>
       </c>
       <c r="U15" s="7">
         <v>0.0</v>
       </c>
       <c r="V15" s="7">
         <v>0.0</v>
       </c>