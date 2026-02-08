--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -41,51 +41,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>유료 사용자 영역. 데이터를 사용할 수 없습니다!</t>
   </si>
   <si>
     <t>Caterpillar Inc.</t>
   </si>
   <si>
     <t>기업에 대한 잉여 현금 흐름(FCFF) 예측</t>
   </si>
   <si>
     <t>미화 백만 달러(주당 데이터 제외)</t>
   </si>
   <si>
     <t>년</t>
   </si>
   <si>
     <t>값</t>
   </si>
   <si>
     <t>FCFF(t) 또는 TV(t)</t>
   </si>
   <si>
-    <t>현재 가치 17.16%</t>
+    <t>현재 가치 17.26%</t>
   </si>
   <si>
     <t>FCFF(0)</t>
   </si>
   <si>
     <t>FCFF(1)</t>
   </si>
   <si>
     <t>FCFF(2)</t>
   </si>
   <si>
     <t>FCFF(3)</t>
   </si>
   <si>
     <t>FCFF(4)</t>
   </si>
   <si>
     <t>FCFF(5)</t>
   </si>
   <si>
     <t>TV(5)</t>
   </si>
   <si>
     <t>Caterpillar Inc. 자본의 내재가치</t>
   </si>