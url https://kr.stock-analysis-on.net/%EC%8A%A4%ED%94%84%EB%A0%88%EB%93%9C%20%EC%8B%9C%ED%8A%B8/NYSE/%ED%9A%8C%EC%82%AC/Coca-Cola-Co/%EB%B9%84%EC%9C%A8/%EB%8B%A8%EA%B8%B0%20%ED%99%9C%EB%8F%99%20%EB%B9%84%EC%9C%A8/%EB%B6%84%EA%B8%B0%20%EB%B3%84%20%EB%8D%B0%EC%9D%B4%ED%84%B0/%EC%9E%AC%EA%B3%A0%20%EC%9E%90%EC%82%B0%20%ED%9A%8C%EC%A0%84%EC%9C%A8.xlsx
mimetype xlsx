--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -994,60 +994,60 @@
       <c r="I15" s="13">
         <v>1.2</v>
       </c>
       <c r="J15" s="13">
         <v>1.31</v>
       </c>
       <c r="K15" s="13">
         <v>1.25</v>
       </c>
       <c r="L15" s="13">
         <v>1.1</v>
       </c>
       <c r="M15" s="13">
         <v>1.15</v>
       </c>
       <c r="N15" s="13">
         <v>1.54</v>
       </c>
       <c r="O15" s="13">
         <v>1.41</v>
       </c>
       <c r="P15" s="13">
         <v>1.19</v>
       </c>
       <c r="Q15" s="13">
-        <v>1.15</v>
+        <v>0.0</v>
       </c>
       <c r="R15" s="13">
-        <v>1.2</v>
+        <v>0.0</v>
       </c>
       <c r="S15" s="13">
-        <v>1.11</v>
+        <v>0.0</v>
       </c>
       <c r="T15" s="13">
-        <v>1.05</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="14"/>
       <c r="C16" s="14"/>
       <c r="D16" s="14"/>
       <c r="E16" s="14"/>
       <c r="F16" s="14"/>
       <c r="G16" s="14"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="14"/>
       <c r="L16" s="14"/>
       <c r="M16" s="14"/>
       <c r="N16" s="14"/>
       <c r="O16" s="14"/>
       <c r="P16" s="14"/>
       <c r="Q16" s="14"/>
       <c r="R16" s="14"/>
       <c r="S16" s="14"/>
       <c r="T16" s="14"/>