--- v0 (2026-02-08)
+++ v1 (2026-02-09)
@@ -680,51 +680,51 @@
       </c>
       <c r="E12" s="12">
         <v>43.0</v>
       </c>
       <c r="F12" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="12">
         <v>259.0</v>
       </c>
       <c r="C13" s="12">
         <v>305.0</v>
       </c>
       <c r="D13" s="12">
         <v>316.0</v>
       </c>
       <c r="E13" s="12">
         <v>317.0</v>
       </c>
       <c r="F13" s="12">
-        <v>366.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6" customHeight="1" ht="28.8">
       <c r="A14" s="10" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="12">
         <v>89.0</v>
       </c>
       <c r="C15" s="12">
         <v>92.0</v>
       </c>
       <c r="D15" s="12">
         <v>92.0</v>
       </c>
       <c r="E15" s="12">
         <v>88.0</v>
       </c>
       <c r="F15" s="12">
         <v>0.0</v>