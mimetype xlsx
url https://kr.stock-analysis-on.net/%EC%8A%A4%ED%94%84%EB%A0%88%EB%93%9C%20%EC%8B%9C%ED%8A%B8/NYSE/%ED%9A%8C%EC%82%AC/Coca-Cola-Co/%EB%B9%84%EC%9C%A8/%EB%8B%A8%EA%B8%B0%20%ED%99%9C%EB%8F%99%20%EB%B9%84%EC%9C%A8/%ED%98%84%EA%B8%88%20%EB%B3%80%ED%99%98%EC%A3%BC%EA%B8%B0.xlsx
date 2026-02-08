--- v0 (2026-02-08)
+++ v1 (2026-02-08)
@@ -730,51 +730,51 @@
       </c>
       <c r="E15" s="7">
         <v>-14.0</v>
       </c>
       <c r="F15" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="11" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="7">
         <v>188.0</v>
       </c>
       <c r="C16" s="7">
         <v>224.0</v>
       </c>
       <c r="D16" s="7">
         <v>230.0</v>
       </c>
       <c r="E16" s="7">
         <v>232.0</v>
       </c>
       <c r="F16" s="7">
-        <v>297.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:6" customHeight="1" ht="28.8">
       <c r="A17" s="10" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="11" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="7">
         <v>12.0</v>
       </c>
       <c r="C18" s="7">
         <v>16.0</v>
       </c>
       <c r="D18" s="7">
         <v>19.0</v>
       </c>
       <c r="E18" s="7">
         <v>12.0</v>
       </c>
       <c r="F18" s="7">
         <v>0.0</v>