--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1523,60 +1523,60 @@
       <c r="I24" s="14">
         <v>0.82</v>
       </c>
       <c r="J24" s="14">
         <v>0.87</v>
       </c>
       <c r="K24" s="14">
         <v>0.92</v>
       </c>
       <c r="L24" s="14">
         <v>0.9</v>
       </c>
       <c r="M24" s="14">
         <v>0.96</v>
       </c>
       <c r="N24" s="14">
         <v>1.09</v>
       </c>
       <c r="O24" s="14">
         <v>1.14</v>
       </c>
       <c r="P24" s="14">
         <v>1.46</v>
       </c>
       <c r="Q24" s="14">
-        <v>1.59</v>
+        <v>0.0</v>
       </c>
       <c r="R24" s="14">
-        <v>1.35</v>
+        <v>0.0</v>
       </c>
       <c r="S24" s="14">
-        <v>1.29</v>
+        <v>0.0</v>
       </c>
       <c r="T24" s="14">
-        <v>1.35</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:20">
       <c r="A25" s="13" t="s">
         <v>20</v>
       </c>
       <c r="B25" s="14">
         <v>5.9</v>
       </c>
       <c r="C25" s="14">
         <v>3.64</v>
       </c>
       <c r="D25" s="14">
         <v>4.2</v>
       </c>
       <c r="E25" s="14">
         <v>4.87</v>
       </c>
       <c r="F25" s="14">
         <v>4.61</v>
       </c>
       <c r="G25" s="14">
         <v>3.96</v>
       </c>
       <c r="H25" s="14">