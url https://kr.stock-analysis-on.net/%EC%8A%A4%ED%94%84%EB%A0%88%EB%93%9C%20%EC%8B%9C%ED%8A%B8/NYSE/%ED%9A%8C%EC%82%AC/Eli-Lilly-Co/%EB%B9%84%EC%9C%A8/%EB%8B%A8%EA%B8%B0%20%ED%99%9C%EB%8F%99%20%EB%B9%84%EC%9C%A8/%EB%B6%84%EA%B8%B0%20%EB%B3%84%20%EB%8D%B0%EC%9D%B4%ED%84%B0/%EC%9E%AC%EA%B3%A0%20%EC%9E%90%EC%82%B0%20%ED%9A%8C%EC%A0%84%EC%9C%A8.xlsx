--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1390,60 +1390,60 @@
       <c r="I21" s="13">
         <v>0.7</v>
       </c>
       <c r="J21" s="13">
         <v>0.72</v>
       </c>
       <c r="K21" s="13">
         <v>0.69</v>
       </c>
       <c r="L21" s="13">
         <v>0.67</v>
       </c>
       <c r="M21" s="13">
         <v>0.65</v>
       </c>
       <c r="N21" s="13">
         <v>0.83</v>
       </c>
       <c r="O21" s="13">
         <v>0.96</v>
       </c>
       <c r="P21" s="13">
         <v>1.27</v>
       </c>
       <c r="Q21" s="13">
-        <v>1.25</v>
+        <v>0.0</v>
       </c>
       <c r="R21" s="13">
-        <v>0.88</v>
+        <v>0.0</v>
       </c>
       <c r="S21" s="13">
-        <v>0.82</v>
+        <v>0.0</v>
       </c>
       <c r="T21" s="13">
-        <v>0.56</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" s="12" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="13">
         <v>4.47</v>
       </c>
       <c r="C22" s="13">
         <v>4.57</v>
       </c>
       <c r="D22" s="13">
         <v>4.82</v>
       </c>
       <c r="E22" s="13">
         <v>5.06</v>
       </c>
       <c r="F22" s="13">
         <v>4.62</v>
       </c>
       <c r="G22" s="13">
         <v>4.83</v>
       </c>
       <c r="H22" s="13">