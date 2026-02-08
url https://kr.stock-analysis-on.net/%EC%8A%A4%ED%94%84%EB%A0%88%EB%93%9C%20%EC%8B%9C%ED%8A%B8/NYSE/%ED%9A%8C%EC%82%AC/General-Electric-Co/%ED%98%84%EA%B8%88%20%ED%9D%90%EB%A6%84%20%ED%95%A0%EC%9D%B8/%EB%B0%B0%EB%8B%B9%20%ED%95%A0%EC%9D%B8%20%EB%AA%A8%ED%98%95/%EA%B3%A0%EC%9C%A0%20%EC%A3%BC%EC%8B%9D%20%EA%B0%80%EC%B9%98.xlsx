--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -617,70 +617,70 @@
         <v>0.91</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="4">
         <v>5</v>
       </c>
       <c r="B10" s="4" t="s">
         <v>11</v>
       </c>
       <c r="C10" s="5">
         <v>2.49</v>
       </c>
       <c r="D10" s="5">
         <v>0.91</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="4">
         <v>5</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C11" s="5">
-        <v>529.38</v>
+        <v>554.97000000000003</v>
       </c>
       <c r="D11" s="5">
-        <v>192.68000000000001</v>
+        <v>201.99000000000001</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D12" s="7">
-        <v>197.69</v>
+        <v>207.0</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D13" s="8">
-        <v>306.37</v>
+        <v>321.0</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B14" s="9"/>
       <c r="C14" s="9"/>
       <c r="D14" s="9"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A12:C12"/>
     <mergeCell ref="A13:C13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>