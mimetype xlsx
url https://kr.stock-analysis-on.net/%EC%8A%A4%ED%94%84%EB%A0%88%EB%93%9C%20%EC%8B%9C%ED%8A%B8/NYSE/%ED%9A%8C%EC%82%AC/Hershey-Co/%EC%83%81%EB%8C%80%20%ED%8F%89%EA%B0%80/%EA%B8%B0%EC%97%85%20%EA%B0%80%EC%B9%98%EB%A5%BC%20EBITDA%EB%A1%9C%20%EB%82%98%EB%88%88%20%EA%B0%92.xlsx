--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -885,101 +885,101 @@
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B8" s="13">
         <v>21.38</v>
       </c>
     </row>
     <row r="9" spans="1:2" customHeight="1" ht="34.8">
       <c r="A9" s="11" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:2" customHeight="1" ht="28.8">
       <c r="A10" s="14" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B11" s="16">
-        <v>23.34</v>
+        <v>23.48</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B12" s="16">
-        <v>11.93</v>
+        <v>11.88</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B13" s="16">
-        <v>17.3</v>
+        <v>17.56</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" s="15" t="s">
         <v>23</v>
       </c>
       <c r="B14" s="16">
-        <v>23.22</v>
+        <v>18.19</v>
       </c>
     </row>
     <row r="15" spans="1:2" customHeight="1" ht="28.8">
       <c r="A15" s="14" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B16" s="16">
-        <v>22.36</v>
+        <v>22.51</v>
       </c>
     </row>
     <row r="17" spans="1:2" customHeight="1" ht="28.8">
       <c r="A17" s="14" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" s="15" t="s">
         <v>27</v>
       </c>
       <c r="B18" s="16">
-        <v>24.6</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" s="10" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F20"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F20" sqref="F20"/>
     </sheetView>
@@ -1146,51 +1146,51 @@
       </c>
       <c r="C14" s="16">
         <v>18.42</v>
       </c>
       <c r="D14" s="16">
         <v>0.0</v>
       </c>
       <c r="E14" s="16">
         <v>0.0</v>
       </c>
       <c r="F14" s="16">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="15" t="s">
         <v>23</v>
       </c>
       <c r="B15" s="16">
         <v>14.78</v>
       </c>
       <c r="C15" s="16">
         <v>13.64</v>
       </c>
       <c r="D15" s="16">
-        <v>12.59</v>
+        <v>0.0</v>
       </c>
       <c r="E15" s="16">
         <v>0.0</v>
       </c>
       <c r="F15" s="16">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:6" customHeight="1" ht="28.8">
       <c r="A16" s="14" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B17" s="16">
         <v>18.49</v>
       </c>
       <c r="C17" s="16">
         <v>17.050000000000001</v>
       </c>
       <c r="D17" s="16">
         <v>0.0</v>