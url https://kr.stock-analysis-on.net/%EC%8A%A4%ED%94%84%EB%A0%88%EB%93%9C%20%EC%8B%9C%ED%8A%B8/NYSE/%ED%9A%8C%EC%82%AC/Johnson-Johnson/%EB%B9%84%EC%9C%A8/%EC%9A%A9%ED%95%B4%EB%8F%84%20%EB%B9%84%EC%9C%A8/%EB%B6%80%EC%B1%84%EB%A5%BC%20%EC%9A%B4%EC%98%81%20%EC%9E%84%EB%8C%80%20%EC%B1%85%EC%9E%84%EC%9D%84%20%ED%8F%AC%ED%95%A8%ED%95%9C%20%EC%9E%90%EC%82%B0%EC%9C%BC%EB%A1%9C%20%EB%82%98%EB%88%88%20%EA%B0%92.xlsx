--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -945,51 +945,51 @@
       </c>
       <c r="E24" s="14">
         <v>0.23</v>
       </c>
       <c r="F24" s="14">
         <v>0.27</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="13" t="s">
         <v>20</v>
       </c>
       <c r="B25" s="14">
         <v>0.08</v>
       </c>
       <c r="C25" s="14">
         <v>0.08</v>
       </c>
       <c r="D25" s="14">
         <v>0.09</v>
       </c>
       <c r="E25" s="14">
         <v>0.11</v>
       </c>
       <c r="F25" s="14">
-        <v>0.16</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B26" s="14">
         <v>0.34</v>
       </c>
       <c r="C26" s="14">
         <v>0.37</v>
       </c>
       <c r="D26" s="14">
         <v>0.37</v>
       </c>
       <c r="E26" s="14">
         <v>0.38</v>
       </c>
       <c r="F26" s="14">
         <v>0.33</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="13" t="s">
         <v>22</v>