--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -706,51 +706,51 @@
       </c>
       <c r="C13" s="12">
         <v>3.83</v>
       </c>
       <c r="D13" s="12">
         <v>4.47</v>
       </c>
       <c r="E13" s="12">
         <v>0.0</v>
       </c>
       <c r="F13" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="12">
         <v>2.93</v>
       </c>
       <c r="C14" s="12">
         <v>2.9</v>
       </c>
       <c r="D14" s="12">
-        <v>2.96</v>
+        <v>0.0</v>
       </c>
       <c r="E14" s="12">
         <v>0.0</v>
       </c>
       <c r="F14" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="12">
         <v>1.45</v>
       </c>
       <c r="C15" s="12">
         <v>1.46</v>
       </c>
       <c r="D15" s="12">
         <v>1.35</v>
       </c>
       <c r="E15" s="12">
         <v>0.0</v>
       </c>
       <c r="F15" s="12">